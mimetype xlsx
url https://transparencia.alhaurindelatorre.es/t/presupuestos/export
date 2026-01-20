--- v0 (2025-10-28)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -119,96 +119,138 @@
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
+    <t>https://transparencia.alhaurindelatorre.es/storage/uploads/1762939864PUBLICACION%20BOP%20APROBACION%20INICIAL%20DEL%20PRESUPUESTO%202026.%20EDICTO%20N%C2%BA%204405-25%20DE%2010-11-25.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.alhaurindelatorre.es/storage/uploads/1765892720APROBACION%20DEFINITIVA%20PRESUPUESTO%20GRAL.%202025.pdf</t>
+  </si>
+  <si>
+    <t>62.008.798,10</t>
+  </si>
+  <si>
+    <t>19.896.366,62</t>
+  </si>
+  <si>
+    <t>33.327.803,16</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>3.708.571,96</t>
+  </si>
+  <si>
+    <t>4.956.056,36</t>
+  </si>
+  <si>
+    <t>120.000,00</t>
+  </si>
+  <si>
+    <t>65.462.242,00</t>
+  </si>
+  <si>
+    <t>20.619.591,84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.605.975,00 </t>
+  </si>
+  <si>
+    <t>18.041.377,79</t>
+  </si>
+  <si>
+    <t>16.771.429,53</t>
+  </si>
+  <si>
+    <t>859.000,00</t>
+  </si>
+  <si>
+    <t>7.444.867,84</t>
+  </si>
+  <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/175672955121.%20Propuesta%20de%20Aprobaci%C3%B3n%20Inicial.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672956922.%20Aprobaci%C3%B3n%20Inicial.pdf</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/175672958823.%20Alegaciones.pdf</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/17567290093.%20Presupuesto%20de%20Ingresos%20Clasificaciones.pdf</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/17567290404.%20Presupuesto%20de%20Gastos%20Aplicaciones.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/17567290695.%20Presupuesto%20de%20Gastos%20Clasificaciones.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/17567291196.%20Presupuesto%20de%20Gastos%20por%20Cap%C3%ADtulos.pdf</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/175672941516.%20Bases%20de%20Ejecuci%C3%B3n.pdf</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/175672924811.%20Informe%20del%20Patronato%20de%20Recaudaci%C3%B3n%20Provincial.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672927112.%20Informaci%C3%B3n%20sobre%20Convenios%20y%20Subvenciones.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672929013.%20Informe%20de%20Previsi%C3%B3n%20de%20Ingresos%20por%20licencias%20urban%C3%ADsticas%20y%20enajenaci%C3%B3n%20de%20parcelas%20municipales.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672947718.%20Informe%20econ%C3%B3mico-financiero.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672950219.%20Informe%20de%20Estabilidad%20Presupuestaria.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672952220.%20Informe%20de%20Control%20Financiero.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672964025.%20Informe%20de%20Atenci%C3%B3n%20a%20la%20Ciudadan%C3%ADa.pdf</t>
   </si>
   <si>
     <t>[{"enlace":"https:\/\/transparencia.alhaurindelatorre.es\/storage\/uploads\/175672945617.%20Clasificaci%C3%B3n%20Org%C3%A1nica%20de%20Gastos%20e%20Ingresos.pdf","nombre":"Clasificaci\u00f3n Org\u00e1nica de Gastos e Ingresos"}]</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/17567289561.%20Expediente%20del%20Presupuesto.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/17567289852.%20Nota%20Interior.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672936014.%20Estado%20y%20Previsi%C3%B3n%20de%20movimientos%20y%20situaci%C3%B3n%20de%20deuda.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672939115.%20Plantilla%20de%20Personal.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/175672961624.%20Resultados%20Sesi%C3%B3n%20CI%20Econom%C3%ADa%20y%20Hacienda%20y%20Sesi%C3%B3n%20Plenaria.pdf</t>
   </si>
   <si>
     <t>60.800.000,00</t>
   </si>
   <si>
     <t>18.324.534,07</t>
   </si>
   <si>
     <t>27.413.905,68</t>
   </si>
   <si>
     <t>233.756,37</t>
   </si>
   <si>
     <t>3.856.555,53</t>
   </si>
   <si>
-    <t>0,00</t>
-[...1 lines deleted...]
-  <si>
     <t>8.496.032,48</t>
-  </si>
-[...1 lines deleted...]
-    <t>120.000,00</t>
   </si>
   <si>
     <t>2.355.215,87</t>
   </si>
   <si>
     <t>20.099.528,43</t>
   </si>
   <si>
     <t>1.605.975,00</t>
   </si>
   <si>
     <t>17.307.992,55</t>
   </si>
   <si>
     <t>15.924.968,53</t>
   </si>
   <si>
     <t>1.508.909,65</t>
   </si>
   <si>
     <t>4.232.625,84</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/17567291547.%20Liquidaci%C3%B3n%20del%20Presupuesto.%20Estado%20de%20Ingresos.pdf , https://transparencia.alhaurindelatorre.es/storage/uploads/17567291778.%20Liquidaci%C3%B3n%20del%20Presupuesto.%20Estado%20de%20Gastos.pdf</t>
   </si>
@@ -1056,51 +1098,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI12"/>
+  <dimension ref="A1:AI13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="270" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="947" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="107" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="146" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="438" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="126" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="1171" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="268" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="760" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
@@ -1210,854 +1252,928 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>326</v>
+        <v>341</v>
       </c>
       <c r="B2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D2" t="s">
         <v>36</v>
       </c>
-      <c r="F2" t="s">
+      <c r="M2" t="s">
         <v>37</v>
       </c>
-      <c r="G2" t="s">
+      <c r="N2" t="s">
         <v>38</v>
       </c>
-      <c r="I2" t="s">
+      <c r="O2" t="s">
         <v>39</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="P2" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q2" t="s">
         <v>41</v>
       </c>
-      <c r="L2" t="s">
+      <c r="R2" t="s">
+        <v>40</v>
+      </c>
+      <c r="S2" t="s">
         <v>42</v>
       </c>
-      <c r="M2" t="s">
+      <c r="T2" t="s">
+        <v>40</v>
+      </c>
+      <c r="U2" t="s">
         <v>43</v>
       </c>
-      <c r="N2" t="s">
+      <c r="V2" t="s">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s">
         <v>44</v>
       </c>
-      <c r="O2" t="s">
+      <c r="X2" t="s">
         <v>45</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Y2" t="s">
         <v>46</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="Z2" t="s">
         <v>47</v>
       </c>
-      <c r="R2" t="s">
+      <c r="AA2" t="s">
         <v>48</v>
       </c>
-      <c r="S2" t="s">
+      <c r="AB2" t="s">
         <v>49</v>
       </c>
-      <c r="T2" t="s">
-[...2 lines deleted...]
-      <c r="U2" t="s">
+      <c r="AC2" t="s">
         <v>50</v>
       </c>
-      <c r="V2" t="s">
-[...2 lines deleted...]
-      <c r="W2" t="s">
+      <c r="AD2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE2" t="s">
         <v>43</v>
       </c>
-      <c r="X2" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="AF2" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J3" t="s">
+        <v>56</v>
+      </c>
+      <c r="K3" t="s">
+        <v>57</v>
+      </c>
+      <c r="L3" t="s">
+        <v>58</v>
+      </c>
+      <c r="M3" t="s">
+        <v>59</v>
+      </c>
+      <c r="N3" t="s">
         <v>60</v>
       </c>
-      <c r="D3" t="s">
+      <c r="O3" t="s">
         <v>61</v>
       </c>
-      <c r="M3" t="s">
+      <c r="P3" t="s">
         <v>62</v>
       </c>
-      <c r="N3" t="s">
+      <c r="Q3" t="s">
         <v>63</v>
       </c>
-      <c r="O3" t="s">
+      <c r="R3" t="s">
+        <v>40</v>
+      </c>
+      <c r="S3" t="s">
         <v>64</v>
       </c>
-      <c r="P3" t="s">
+      <c r="T3" t="s">
+        <v>40</v>
+      </c>
+      <c r="U3" t="s">
+        <v>43</v>
+      </c>
+      <c r="V3" t="s">
         <v>65</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="W3" t="s">
+        <v>59</v>
+      </c>
+      <c r="X3" t="s">
         <v>66</v>
       </c>
-      <c r="R3" t="s">
-[...2 lines deleted...]
-      <c r="S3" t="s">
+      <c r="Y3" t="s">
         <v>67</v>
       </c>
-      <c r="T3" t="s">
-[...5 lines deleted...]
-      <c r="V3" t="s">
+      <c r="Z3" t="s">
         <v>68</v>
       </c>
-      <c r="W3" t="s">
-[...2 lines deleted...]
-      <c r="X3" t="s">
+      <c r="AA3" t="s">
         <v>69</v>
       </c>
-      <c r="Y3" t="s">
+      <c r="AB3" t="s">
         <v>70</v>
       </c>
-      <c r="Z3" t="s">
+      <c r="AC3" t="s">
         <v>71</v>
       </c>
-      <c r="AA3" t="s">
+      <c r="AD3" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG3" t="s">
         <v>72</v>
       </c>
-      <c r="AB3" t="s">
+      <c r="AH3" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B4">
-        <v>2023</v>
+        <v>2024</v>
+      </c>
+      <c r="C4" t="s">
+        <v>74</v>
       </c>
       <c r="D4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N4" t="s">
         <v>77</v>
       </c>
-      <c r="M4" t="s">
+      <c r="O4" t="s">
         <v>78</v>
       </c>
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>79</v>
       </c>
-      <c r="O4" t="s">
+      <c r="Q4" t="s">
         <v>80</v>
       </c>
-      <c r="P4" t="s">
+      <c r="R4" t="s">
+        <v>40</v>
+      </c>
+      <c r="S4" t="s">
         <v>81</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="T4" t="s">
+        <v>40</v>
+      </c>
+      <c r="U4" t="s">
+        <v>43</v>
+      </c>
+      <c r="V4" t="s">
         <v>82</v>
       </c>
-      <c r="R4" t="s">
-[...2 lines deleted...]
-      <c r="S4" t="s">
+      <c r="W4" t="s">
+        <v>76</v>
+      </c>
+      <c r="X4" t="s">
         <v>83</v>
       </c>
-      <c r="T4" t="s">
+      <c r="Y4" t="s">
         <v>84</v>
       </c>
-      <c r="U4" t="s">
-[...2 lines deleted...]
-      <c r="V4" t="s">
+      <c r="Z4" t="s">
         <v>85</v>
       </c>
-      <c r="W4" t="s">
-[...2 lines deleted...]
-      <c r="X4" t="s">
+      <c r="AA4" t="s">
         <v>86</v>
       </c>
-      <c r="Y4" t="s">
+      <c r="AB4" t="s">
         <v>87</v>
       </c>
-      <c r="Z4" t="s">
+      <c r="AC4" t="s">
         <v>88</v>
       </c>
-      <c r="AA4" t="s">
+      <c r="AD4" t="s">
         <v>89</v>
       </c>
-      <c r="AB4" t="s">
+      <c r="AE4" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF4" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B5">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D5" t="s">
+        <v>91</v>
+      </c>
+      <c r="M5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N5" t="s">
         <v>93</v>
       </c>
-      <c r="M5" t="s">
+      <c r="O5" t="s">
         <v>94</v>
       </c>
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>95</v>
       </c>
-      <c r="O5" t="s">
+      <c r="Q5" t="s">
         <v>96</v>
       </c>
-      <c r="P5" t="s">
+      <c r="R5" t="s">
+        <v>40</v>
+      </c>
+      <c r="S5" t="s">
         <v>97</v>
       </c>
-      <c r="Q5" t="s">
+      <c r="T5" t="s">
         <v>98</v>
       </c>
-      <c r="R5" t="s">
-[...2 lines deleted...]
-      <c r="S5" t="s">
+      <c r="U5" t="s">
+        <v>43</v>
+      </c>
+      <c r="V5" t="s">
         <v>99</v>
       </c>
-      <c r="T5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="W5" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="X5" t="s">
         <v>100</v>
       </c>
       <c r="Y5" t="s">
         <v>101</v>
       </c>
       <c r="Z5" t="s">
         <v>102</v>
       </c>
       <c r="AA5" t="s">
         <v>103</v>
       </c>
       <c r="AB5" t="s">
         <v>104</v>
       </c>
       <c r="AC5" t="s">
         <v>105</v>
       </c>
       <c r="AD5" t="s">
         <v>106</v>
       </c>
       <c r="AE5" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="AF5" t="s">
-        <v>107</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B6">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="D6" t="s">
+        <v>107</v>
+      </c>
+      <c r="M6" t="s">
         <v>108</v>
       </c>
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>109</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
         <v>110</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>111</v>
       </c>
-      <c r="P6" t="s">
+      <c r="Q6" t="s">
         <v>112</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="R6" t="s">
+        <v>40</v>
+      </c>
+      <c r="S6" t="s">
         <v>113</v>
       </c>
-      <c r="R6" t="s">
+      <c r="T6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U6" t="s">
+        <v>43</v>
+      </c>
+      <c r="V6" t="s">
+        <v>99</v>
+      </c>
+      <c r="W6" t="s">
+        <v>108</v>
+      </c>
+      <c r="X6" t="s">
         <v>114</v>
       </c>
-      <c r="S6" t="s">
+      <c r="Y6" t="s">
         <v>115</v>
       </c>
-      <c r="T6" t="s">
+      <c r="Z6" t="s">
         <v>116</v>
       </c>
-      <c r="U6" t="s">
-[...2 lines deleted...]
-      <c r="V6" t="s">
+      <c r="AA6" t="s">
         <v>117</v>
       </c>
-      <c r="W6" t="s">
-[...2 lines deleted...]
-      <c r="X6" t="s">
+      <c r="AB6" t="s">
         <v>118</v>
       </c>
-      <c r="Y6" t="s">
+      <c r="AC6" t="s">
         <v>119</v>
       </c>
-      <c r="Z6" t="s">
+      <c r="AD6" t="s">
         <v>120</v>
       </c>
-      <c r="AA6" t="s">
+      <c r="AE6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF6" t="s">
         <v>121</v>
-      </c>
-[...13 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="D7" t="s">
+        <v>122</v>
+      </c>
+      <c r="M7" t="s">
+        <v>123</v>
+      </c>
+      <c r="N7" t="s">
+        <v>124</v>
+      </c>
+      <c r="O7" t="s">
+        <v>125</v>
+      </c>
+      <c r="P7" t="s">
         <v>126</v>
       </c>
-      <c r="M7" t="s">
+      <c r="Q7" t="s">
         <v>127</v>
       </c>
-      <c r="N7" t="s">
+      <c r="R7" t="s">
         <v>128</v>
       </c>
-      <c r="O7" t="s">
+      <c r="S7" t="s">
         <v>129</v>
       </c>
-      <c r="P7" t="s">
+      <c r="T7" t="s">
         <v>130</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="U7" t="s">
+        <v>43</v>
+      </c>
+      <c r="V7" t="s">
         <v>131</v>
       </c>
-      <c r="R7" t="s">
+      <c r="W7" t="s">
+        <v>123</v>
+      </c>
+      <c r="X7" t="s">
         <v>132</v>
       </c>
-      <c r="S7" t="s">
+      <c r="Y7" t="s">
         <v>133</v>
       </c>
-      <c r="T7" t="s">
-[...11 lines deleted...]
-      <c r="X7" t="s">
+      <c r="Z7" t="s">
         <v>134</v>
       </c>
-      <c r="Y7" t="s">
+      <c r="AA7" t="s">
         <v>135</v>
       </c>
-      <c r="Z7" t="s">
+      <c r="AB7" t="s">
         <v>136</v>
       </c>
-      <c r="AA7" t="s">
+      <c r="AC7" t="s">
         <v>137</v>
       </c>
-      <c r="AB7" t="s">
+      <c r="AD7" t="s">
         <v>138</v>
       </c>
-      <c r="AC7" t="s">
+      <c r="AE7" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF7" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="2">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B8">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="D8" t="s">
+        <v>140</v>
+      </c>
+      <c r="M8" t="s">
         <v>141</v>
       </c>
-      <c r="M8" t="s">
+      <c r="N8" t="s">
         <v>142</v>
       </c>
-      <c r="N8" t="s">
+      <c r="O8" t="s">
         <v>143</v>
       </c>
-      <c r="O8" t="s">
+      <c r="P8" t="s">
         <v>144</v>
       </c>
-      <c r="P8" t="s">
+      <c r="Q8" t="s">
         <v>145</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="R8" t="s">
         <v>146</v>
       </c>
-      <c r="R8" t="s">
+      <c r="S8" t="s">
         <v>147</v>
       </c>
-      <c r="S8" t="s">
+      <c r="T8" t="s">
+        <v>130</v>
+      </c>
+      <c r="U8" t="s">
+        <v>43</v>
+      </c>
+      <c r="V8" t="s">
+        <v>40</v>
+      </c>
+      <c r="W8" t="s">
+        <v>141</v>
+      </c>
+      <c r="X8" t="s">
         <v>148</v>
       </c>
-      <c r="T8" t="s">
-[...5 lines deleted...]
-      <c r="V8" t="s">
+      <c r="Y8" t="s">
         <v>149</v>
       </c>
-      <c r="W8" t="s">
-[...2 lines deleted...]
-      <c r="X8" t="s">
+      <c r="Z8" t="s">
         <v>150</v>
       </c>
-      <c r="Y8" t="s">
+      <c r="AA8" t="s">
         <v>151</v>
       </c>
-      <c r="Z8" t="s">
+      <c r="AB8" t="s">
         <v>152</v>
       </c>
-      <c r="AA8" t="s">
+      <c r="AC8" t="s">
         <v>153</v>
       </c>
-      <c r="AB8" t="s">
+      <c r="AD8" t="s">
         <v>154</v>
       </c>
-      <c r="AC8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AE8" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="AF8" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="2">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B9">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="D9" t="s">
+        <v>155</v>
+      </c>
+      <c r="M9" t="s">
         <v>156</v>
       </c>
-      <c r="M9" t="s">
+      <c r="N9" t="s">
         <v>157</v>
       </c>
-      <c r="N9" t="s">
+      <c r="O9" t="s">
         <v>158</v>
       </c>
-      <c r="O9" t="s">
+      <c r="P9" t="s">
         <v>159</v>
       </c>
-      <c r="P9" t="s">
+      <c r="Q9" t="s">
         <v>160</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="R9" t="s">
         <v>161</v>
       </c>
-      <c r="R9" t="s">
+      <c r="S9" t="s">
         <v>162</v>
       </c>
-      <c r="S9" t="s">
+      <c r="T9" t="s">
+        <v>130</v>
+      </c>
+      <c r="U9" t="s">
+        <v>43</v>
+      </c>
+      <c r="V9" t="s">
         <v>163</v>
       </c>
-      <c r="T9" t="s">
-[...5 lines deleted...]
-      <c r="V9" t="s">
+      <c r="W9" t="s">
+        <v>156</v>
+      </c>
+      <c r="X9" t="s">
         <v>164</v>
       </c>
-      <c r="W9" t="s">
-[...2 lines deleted...]
-      <c r="X9" t="s">
+      <c r="Y9" t="s">
         <v>165</v>
       </c>
-      <c r="Y9" t="s">
+      <c r="Z9" t="s">
         <v>166</v>
       </c>
-      <c r="Z9" t="s">
+      <c r="AA9" t="s">
         <v>167</v>
       </c>
-      <c r="AA9" t="s">
+      <c r="AB9" t="s">
         <v>168</v>
       </c>
-      <c r="AB9" t="s">
+      <c r="AC9" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD9" t="s">
         <v>169</v>
       </c>
-      <c r="AC9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AE9" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="AF9" t="s">
-        <v>172</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="2">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B10">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="D10" t="s">
+        <v>170</v>
+      </c>
+      <c r="M10" t="s">
+        <v>171</v>
+      </c>
+      <c r="N10" t="s">
+        <v>172</v>
+      </c>
+      <c r="O10" t="s">
         <v>173</v>
       </c>
-      <c r="M10" t="s">
+      <c r="P10" t="s">
         <v>174</v>
       </c>
-      <c r="N10" t="s">
+      <c r="Q10" t="s">
         <v>175</v>
       </c>
-      <c r="O10" t="s">
+      <c r="R10" t="s">
         <v>176</v>
       </c>
-      <c r="P10" t="s">
+      <c r="S10" t="s">
         <v>177</v>
       </c>
-      <c r="Q10" t="s">
+      <c r="T10" t="s">
+        <v>130</v>
+      </c>
+      <c r="U10" t="s">
+        <v>43</v>
+      </c>
+      <c r="V10" t="s">
         <v>178</v>
       </c>
-      <c r="S10" t="s">
+      <c r="W10" t="s">
+        <v>171</v>
+      </c>
+      <c r="X10" t="s">
         <v>179</v>
       </c>
-      <c r="T10" t="s">
+      <c r="Y10" t="s">
         <v>180</v>
       </c>
-      <c r="U10" t="s">
-[...2 lines deleted...]
-      <c r="V10" t="s">
+      <c r="Z10" t="s">
         <v>181</v>
       </c>
-      <c r="W10" t="s">
-[...2 lines deleted...]
-      <c r="X10" t="s">
+      <c r="AA10" t="s">
         <v>182</v>
       </c>
-      <c r="Y10" t="s">
+      <c r="AB10" t="s">
         <v>183</v>
       </c>
-      <c r="Z10" t="s">
+      <c r="AC10" t="s">
         <v>184</v>
       </c>
-      <c r="AA10" t="s">
+      <c r="AD10" t="s">
         <v>185</v>
       </c>
-      <c r="AB10" t="s">
+      <c r="AE10" t="s">
+        <v>43</v>
+      </c>
+      <c r="AF10" t="s">
         <v>186</v>
-      </c>
-[...10 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" s="2">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B11">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D11" t="s">
+        <v>187</v>
+      </c>
+      <c r="M11" t="s">
+        <v>188</v>
+      </c>
+      <c r="N11" t="s">
+        <v>189</v>
+      </c>
+      <c r="O11" t="s">
+        <v>190</v>
+      </c>
+      <c r="P11" t="s">
         <v>191</v>
       </c>
-      <c r="M11" t="s">
+      <c r="Q11" t="s">
         <v>192</v>
       </c>
-      <c r="N11" t="s">
+      <c r="S11" t="s">
         <v>193</v>
       </c>
-      <c r="O11" t="s">
+      <c r="T11" t="s">
         <v>194</v>
       </c>
-      <c r="P11" t="s">
+      <c r="U11" t="s">
+        <v>43</v>
+      </c>
+      <c r="V11" t="s">
         <v>195</v>
       </c>
-      <c r="Q11" t="s">
+      <c r="W11" t="s">
+        <v>188</v>
+      </c>
+      <c r="X11" t="s">
         <v>196</v>
       </c>
-      <c r="R11" t="s">
-[...2 lines deleted...]
-      <c r="S11" t="s">
+      <c r="Y11" t="s">
         <v>197</v>
       </c>
-      <c r="T11" t="s">
-[...5 lines deleted...]
-      <c r="V11" t="s">
+      <c r="Z11" t="s">
         <v>198</v>
       </c>
-      <c r="W11" t="s">
-[...2 lines deleted...]
-      <c r="X11" t="s">
+      <c r="AA11" t="s">
         <v>199</v>
       </c>
-      <c r="Y11" t="s">
-[...2 lines deleted...]
-      <c r="Z11" t="s">
+      <c r="AB11" t="s">
         <v>200</v>
       </c>
-      <c r="AA11" t="s">
+      <c r="AC11" t="s">
         <v>201</v>
       </c>
-      <c r="AB11" t="s">
+      <c r="AD11" t="s">
         <v>202</v>
       </c>
-      <c r="AC11" t="s">
-[...2 lines deleted...]
-      <c r="AD11" t="s">
+      <c r="AE11" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="AF11" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" s="2">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B12">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="D12" t="s">
         <v>205</v>
       </c>
       <c r="M12" t="s">
         <v>206</v>
       </c>
       <c r="N12" t="s">
         <v>207</v>
       </c>
       <c r="O12" t="s">
         <v>208</v>
       </c>
       <c r="P12" t="s">
         <v>209</v>
       </c>
       <c r="Q12" t="s">
         <v>210</v>
       </c>
       <c r="R12" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="S12" t="s">
         <v>211</v>
       </c>
       <c r="T12" t="s">
+        <v>194</v>
+      </c>
+      <c r="U12" t="s">
+        <v>203</v>
+      </c>
+      <c r="V12" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="W12" t="s">
         <v>206</v>
       </c>
       <c r="X12" t="s">
+        <v>213</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>131</v>
+      </c>
+      <c r="Z12" t="s">
         <v>214</v>
       </c>
-      <c r="Y12" t="s">
+      <c r="AA12" t="s">
         <v>215</v>
       </c>
-      <c r="Z12" t="s">
+      <c r="AB12" t="s">
         <v>216</v>
       </c>
-      <c r="AA12" t="s">
+      <c r="AC12" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD12" t="s">
         <v>217</v>
       </c>
-      <c r="AB12" t="s">
+      <c r="AE12" t="s">
+        <v>203</v>
+      </c>
+      <c r="AF12" t="s">
         <v>218</v>
       </c>
-      <c r="AC12" t="s">
-[...2 lines deleted...]
-      <c r="AD12" t="s">
+    </row>
+    <row r="13" spans="1:35">
+      <c r="A13" s="2">
+        <v>316</v>
+      </c>
+      <c r="B13">
+        <v>2015</v>
+      </c>
+      <c r="D13" t="s">
         <v>219</v>
       </c>
-      <c r="AE12" t="s">
-[...2 lines deleted...]
-      <c r="AF12" t="s">
+      <c r="M13" t="s">
         <v>220</v>
+      </c>
+      <c r="N13" t="s">
+        <v>221</v>
+      </c>
+      <c r="O13" t="s">
+        <v>222</v>
+      </c>
+      <c r="P13" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>224</v>
+      </c>
+      <c r="R13" t="s">
+        <v>40</v>
+      </c>
+      <c r="S13" t="s">
+        <v>225</v>
+      </c>
+      <c r="T13" t="s">
+        <v>226</v>
+      </c>
+      <c r="U13" t="s">
+        <v>203</v>
+      </c>
+      <c r="V13" t="s">
+        <v>227</v>
+      </c>
+      <c r="W13" t="s">
+        <v>220</v>
+      </c>
+      <c r="X13" t="s">
+        <v>228</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>229</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>230</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>231</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>232</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>233</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>203</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">