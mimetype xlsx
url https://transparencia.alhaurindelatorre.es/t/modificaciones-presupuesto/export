--- v0 (2025-11-30)
+++ v1 (2026-02-11)
@@ -12,506 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1511">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1367">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
     <t>27-01-2025</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 012/2021</t>
   </si>
   <si>
     <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281858expte.-mc-000012-2021-pdf.pdf , </t>
-  </si>
-[...430 lines deleted...]
-    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1761743774EXPEDIENTE_2024_MC-00001.pdf , </t>
   </si>
   <si>
     <t>12-12-2023</t>
   </si>
   <si>
     <t>EXPEDIENTE_2023_MC-00106</t>
   </si>
   <si>
     <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756376170expediente2023mc-00106.pdf , </t>
   </si>
   <si>
     <t>30-11-2023</t>
   </si>
   <si>
     <t>EXPEDIENTE_2023_MC-00105</t>
   </si>
   <si>
     <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756376149expediente2023mc-00105.pdf , </t>
   </si>
   <si>
     <t>28-11-2023</t>
   </si>
   <si>
     <t>EXPEDIENTE_2023_MC-00102</t>
   </si>
@@ -4923,63 +4491,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z543"/>
+  <dimension ref="A1:Z491"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="91" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="181" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
@@ -4995,9243 +4563,8359 @@
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>1424</v>
       </c>
       <c r="B2">
         <v>2021</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1817</v>
+        <v>1731</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1815</v>
+        <v>1730</v>
       </c>
       <c r="B4">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1816</v>
+        <v>1727</v>
       </c>
       <c r="B5">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>1814</v>
+        <v>1728</v>
       </c>
       <c r="B6">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>1813</v>
+        <v>1729</v>
       </c>
       <c r="B7">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>1812</v>
+        <v>1726</v>
       </c>
       <c r="B8">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>1811</v>
+        <v>1724</v>
       </c>
       <c r="B9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>1807</v>
+        <v>1725</v>
       </c>
       <c r="B10">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>1808</v>
+        <v>1723</v>
       </c>
       <c r="B11">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>1809</v>
+        <v>1722</v>
       </c>
       <c r="B12">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>1810</v>
+        <v>1721</v>
       </c>
       <c r="B13">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>1806</v>
+        <v>1720</v>
       </c>
       <c r="B14">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>1805</v>
+        <v>1718</v>
       </c>
       <c r="B15">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>1804</v>
+        <v>1719</v>
       </c>
       <c r="B16">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>1803</v>
+        <v>1716</v>
       </c>
       <c r="B17">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>1802</v>
+        <v>1717</v>
       </c>
       <c r="B18">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
         <v>49</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>1800</v>
+        <v>1715</v>
       </c>
       <c r="B19">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
         <v>52</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>1801</v>
+        <v>1714</v>
       </c>
       <c r="B20">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>1798</v>
+        <v>1712</v>
       </c>
       <c r="B21">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21" t="s">
         <v>58</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>1799</v>
+        <v>1713</v>
       </c>
       <c r="B22">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22" t="s">
         <v>60</v>
       </c>
       <c r="E22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>1797</v>
+        <v>1711</v>
       </c>
       <c r="B23">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C23" t="s">
         <v>62</v>
       </c>
       <c r="D23" t="s">
         <v>63</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>1796</v>
+        <v>1710</v>
       </c>
       <c r="B24">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>1795</v>
+        <v>1709</v>
       </c>
       <c r="B25">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
       <c r="D25" t="s">
         <v>69</v>
       </c>
       <c r="E25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>1794</v>
+        <v>1706</v>
       </c>
       <c r="B26">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C26" t="s">
         <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>72</v>
       </c>
       <c r="E26" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>1793</v>
+        <v>1707</v>
       </c>
       <c r="B27">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C27" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" t="s">
         <v>74</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>1792</v>
+        <v>1708</v>
       </c>
       <c r="B28">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>1791</v>
+        <v>1704</v>
       </c>
       <c r="B29">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C29" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" t="s">
+        <v>79</v>
+      </c>
+      <c r="E29" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>1790</v>
+        <v>1705</v>
       </c>
       <c r="B30">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D30" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="E30" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>1789</v>
+        <v>1703</v>
       </c>
       <c r="B31">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D31" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E31" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>1782</v>
+        <v>1702</v>
       </c>
       <c r="B32">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E32" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>1788</v>
+        <v>1700</v>
       </c>
       <c r="B33">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C33" t="s">
         <v>89</v>
       </c>
       <c r="D33" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E33" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>1785</v>
+        <v>1701</v>
       </c>
       <c r="B34">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E34" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>1786</v>
+        <v>1699</v>
       </c>
       <c r="B35">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E35" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>1787</v>
+        <v>1698</v>
       </c>
       <c r="B36">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C36" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
+        <v>98</v>
+      </c>
+      <c r="E36" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>1784</v>
+        <v>1697</v>
       </c>
       <c r="B37">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C37" t="s">
+        <v>100</v>
+      </c>
+      <c r="D37" t="s">
         <v>101</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>1781</v>
+        <v>1696</v>
       </c>
       <c r="B38">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C38" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" t="s">
         <v>104</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>1783</v>
+        <v>1695</v>
       </c>
       <c r="B39">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C39" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D39" t="s">
         <v>107</v>
       </c>
       <c r="E39" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>1780</v>
+        <v>1693</v>
       </c>
       <c r="B40">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C40" t="s">
         <v>109</v>
       </c>
       <c r="D40" t="s">
         <v>110</v>
       </c>
       <c r="E40" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>1779</v>
+        <v>1694</v>
       </c>
       <c r="B41">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C41" t="s">
+        <v>109</v>
+      </c>
+      <c r="D41" t="s">
         <v>112</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>1777</v>
+        <v>1692</v>
       </c>
       <c r="B42">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C42" t="s">
+        <v>114</v>
+      </c>
+      <c r="D42" t="s">
         <v>115</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>1778</v>
+        <v>1690</v>
       </c>
       <c r="B43">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C43" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D43" t="s">
         <v>118</v>
       </c>
       <c r="E43" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>1776</v>
+        <v>1691</v>
       </c>
       <c r="B44">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C44" t="s">
+        <v>117</v>
+      </c>
+      <c r="D44" t="s">
         <v>120</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>1775</v>
+        <v>1689</v>
       </c>
       <c r="B45">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C45" t="s">
+        <v>122</v>
+      </c>
+      <c r="D45" t="s">
         <v>123</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>1774</v>
+        <v>1687</v>
       </c>
       <c r="B46">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C46" t="s">
+        <v>125</v>
+      </c>
+      <c r="D46" t="s">
         <v>126</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>1773</v>
+        <v>1688</v>
       </c>
       <c r="B47">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C47" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" t="s">
+        <v>128</v>
+      </c>
+      <c r="E47" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>1771</v>
+        <v>1686</v>
       </c>
       <c r="B48">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C48" t="s">
+        <v>130</v>
+      </c>
+      <c r="D48" t="s">
+        <v>131</v>
+      </c>
+      <c r="E48" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>1772</v>
+        <v>1685</v>
       </c>
       <c r="B49">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D49" t="s">
+        <v>134</v>
+      </c>
+      <c r="E49" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>1770</v>
+        <v>1684</v>
       </c>
       <c r="B50">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C50" t="s">
+        <v>136</v>
+      </c>
+      <c r="D50" t="s">
         <v>137</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>1769</v>
+        <v>1683</v>
       </c>
       <c r="B51">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C51" t="s">
+        <v>139</v>
+      </c>
+      <c r="D51" t="s">
         <v>140</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>1768</v>
+        <v>1682</v>
       </c>
       <c r="B52">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C52" t="s">
+        <v>142</v>
+      </c>
+      <c r="D52" t="s">
         <v>143</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>1767</v>
+        <v>1680</v>
       </c>
       <c r="B53">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C53" t="s">
+        <v>145</v>
+      </c>
+      <c r="D53" t="s">
         <v>146</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>1766</v>
+        <v>1681</v>
       </c>
       <c r="B54">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C54" t="s">
+        <v>145</v>
+      </c>
+      <c r="D54" t="s">
+        <v>148</v>
+      </c>
+      <c r="E54" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>1731</v>
+        <v>1679</v>
       </c>
       <c r="B55">
         <v>2023</v>
       </c>
       <c r="C55" t="s">
+        <v>150</v>
+      </c>
+      <c r="D55" t="s">
+        <v>151</v>
+      </c>
+      <c r="E55" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>1730</v>
+        <v>1678</v>
       </c>
       <c r="B56">
         <v>2023</v>
       </c>
       <c r="C56" t="s">
+        <v>153</v>
+      </c>
+      <c r="D56" t="s">
+        <v>154</v>
+      </c>
+      <c r="E56" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>1727</v>
+        <v>1676</v>
       </c>
       <c r="B57">
         <v>2023</v>
       </c>
       <c r="C57" t="s">
+        <v>156</v>
+      </c>
+      <c r="D57" t="s">
+        <v>157</v>
+      </c>
+      <c r="E57" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>1728</v>
+        <v>1677</v>
       </c>
       <c r="B58">
         <v>2023</v>
       </c>
       <c r="C58" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D58" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E58" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>1729</v>
+        <v>1674</v>
       </c>
       <c r="B59">
         <v>2023</v>
       </c>
       <c r="C59" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D59" t="s">
+        <v>162</v>
+      </c>
+      <c r="E59" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>1726</v>
+        <v>1675</v>
       </c>
       <c r="B60">
         <v>2023</v>
       </c>
       <c r="C60" t="s">
+        <v>161</v>
+      </c>
+      <c r="D60" t="s">
+        <v>164</v>
+      </c>
+      <c r="E60" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>1724</v>
+        <v>1672</v>
       </c>
       <c r="B61">
         <v>2023</v>
       </c>
       <c r="C61" t="s">
+        <v>166</v>
+      </c>
+      <c r="D61" t="s">
+        <v>167</v>
+      </c>
+      <c r="E61" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>1725</v>
+        <v>1673</v>
       </c>
       <c r="B62">
         <v>2023</v>
       </c>
       <c r="C62" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D62" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E62" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>1723</v>
+        <v>1670</v>
       </c>
       <c r="B63">
         <v>2023</v>
       </c>
       <c r="C63" t="s">
+        <v>171</v>
+      </c>
+      <c r="D63" t="s">
+        <v>172</v>
+      </c>
+      <c r="E63" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>1722</v>
+        <v>1671</v>
       </c>
       <c r="B64">
         <v>2023</v>
       </c>
       <c r="C64" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D64" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E64" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>1721</v>
+        <v>1669</v>
       </c>
       <c r="B65">
         <v>2023</v>
       </c>
       <c r="C65" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D65" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E65" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>1720</v>
+        <v>1668</v>
       </c>
       <c r="B66">
         <v>2023</v>
       </c>
       <c r="C66" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D66" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E66" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>1718</v>
+        <v>1667</v>
       </c>
       <c r="B67">
         <v>2023</v>
       </c>
       <c r="C67" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D67" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E67" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>1719</v>
+        <v>1665</v>
       </c>
       <c r="B68">
         <v>2023</v>
       </c>
       <c r="C68" t="s">
         <v>185</v>
       </c>
       <c r="D68" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E68" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>1716</v>
+        <v>1666</v>
       </c>
       <c r="B69">
         <v>2023</v>
       </c>
       <c r="C69" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="D69" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="E69" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>1717</v>
+        <v>1664</v>
       </c>
       <c r="B70">
         <v>2023</v>
       </c>
       <c r="C70" t="s">
         <v>190</v>
       </c>
       <c r="D70" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E70" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>1715</v>
+        <v>1662</v>
       </c>
       <c r="B71">
         <v>2023</v>
       </c>
       <c r="C71" t="s">
+        <v>193</v>
+      </c>
+      <c r="D71" t="s">
+        <v>194</v>
+      </c>
+      <c r="E71" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>1714</v>
+        <v>1663</v>
       </c>
       <c r="B72">
         <v>2023</v>
       </c>
       <c r="C72" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D72" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E72" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>1712</v>
+        <v>1661</v>
       </c>
       <c r="B73">
         <v>2023</v>
       </c>
       <c r="C73" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D73" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="E73" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>1713</v>
+        <v>1660</v>
       </c>
       <c r="B74">
         <v>2023</v>
       </c>
       <c r="C74" t="s">
         <v>201</v>
       </c>
       <c r="D74" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E74" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>1711</v>
+        <v>1659</v>
       </c>
       <c r="B75">
         <v>2023</v>
       </c>
       <c r="C75" t="s">
+        <v>204</v>
+      </c>
+      <c r="D75" t="s">
+        <v>205</v>
+      </c>
+      <c r="E75" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>1710</v>
+        <v>1656</v>
       </c>
       <c r="B76">
         <v>2023</v>
       </c>
       <c r="C76" t="s">
+        <v>207</v>
+      </c>
+      <c r="D76" t="s">
+        <v>208</v>
+      </c>
+      <c r="E76" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>1709</v>
+        <v>1657</v>
       </c>
       <c r="B77">
         <v>2023</v>
       </c>
       <c r="C77" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D77" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E77" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>1706</v>
+        <v>1658</v>
       </c>
       <c r="B78">
         <v>2023</v>
       </c>
       <c r="C78" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="D78" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E78" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>1707</v>
+        <v>1655</v>
       </c>
       <c r="B79">
         <v>2023</v>
       </c>
       <c r="C79" t="s">
+        <v>214</v>
+      </c>
+      <c r="D79" t="s">
         <v>215</v>
       </c>
-      <c r="D79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>1708</v>
+        <v>1654</v>
       </c>
       <c r="B80">
         <v>2023</v>
       </c>
       <c r="C80" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D80" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E80" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>1704</v>
+        <v>1653</v>
       </c>
       <c r="B81">
         <v>2023</v>
       </c>
       <c r="C81" t="s">
+        <v>220</v>
+      </c>
+      <c r="D81" t="s">
+        <v>221</v>
+      </c>
+      <c r="E81" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>1705</v>
+        <v>1652</v>
       </c>
       <c r="B82">
         <v>2023</v>
       </c>
       <c r="C82" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D82" t="s">
+        <v>224</v>
+      </c>
+      <c r="E82" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>1703</v>
+        <v>1651</v>
       </c>
       <c r="B83">
         <v>2023</v>
       </c>
       <c r="C83" t="s">
+        <v>226</v>
+      </c>
+      <c r="D83" t="s">
         <v>227</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>1702</v>
+        <v>1650</v>
       </c>
       <c r="B84">
         <v>2023</v>
       </c>
       <c r="C84" t="s">
+        <v>229</v>
+      </c>
+      <c r="D84" t="s">
         <v>230</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>1700</v>
+        <v>1649</v>
       </c>
       <c r="B85">
         <v>2023</v>
       </c>
       <c r="C85" t="s">
+        <v>232</v>
+      </c>
+      <c r="D85" t="s">
         <v>233</v>
       </c>
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>1701</v>
+        <v>1648</v>
       </c>
       <c r="B86">
         <v>2023</v>
       </c>
       <c r="C86" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D86" t="s">
         <v>236</v>
       </c>
       <c r="E86" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>1699</v>
+        <v>1646</v>
       </c>
       <c r="B87">
         <v>2023</v>
       </c>
       <c r="C87" t="s">
         <v>238</v>
       </c>
       <c r="D87" t="s">
         <v>239</v>
       </c>
       <c r="E87" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>1698</v>
+        <v>1647</v>
       </c>
       <c r="B88">
         <v>2023</v>
       </c>
       <c r="C88" t="s">
+        <v>238</v>
+      </c>
+      <c r="D88" t="s">
         <v>241</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>1697</v>
+        <v>1645</v>
       </c>
       <c r="B89">
         <v>2023</v>
       </c>
       <c r="C89" t="s">
+        <v>243</v>
+      </c>
+      <c r="D89" t="s">
         <v>244</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>1696</v>
+        <v>1644</v>
       </c>
       <c r="B90">
         <v>2023</v>
       </c>
       <c r="C90" t="s">
+        <v>246</v>
+      </c>
+      <c r="D90" t="s">
         <v>247</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>1695</v>
+        <v>1643</v>
       </c>
       <c r="B91">
         <v>2023</v>
       </c>
       <c r="C91" t="s">
+        <v>249</v>
+      </c>
+      <c r="D91" t="s">
         <v>250</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>1693</v>
+        <v>1642</v>
       </c>
       <c r="B92">
         <v>2023</v>
       </c>
       <c r="C92" t="s">
+        <v>252</v>
+      </c>
+      <c r="D92" t="s">
         <v>253</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>1694</v>
+        <v>1641</v>
       </c>
       <c r="B93">
         <v>2023</v>
       </c>
       <c r="C93" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D93" t="s">
         <v>256</v>
       </c>
       <c r="E93" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>1692</v>
+        <v>1640</v>
       </c>
       <c r="B94">
         <v>2023</v>
       </c>
       <c r="C94" t="s">
         <v>258</v>
       </c>
       <c r="D94" t="s">
         <v>259</v>
       </c>
       <c r="E94" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>1690</v>
+        <v>1639</v>
       </c>
       <c r="B95">
         <v>2023</v>
       </c>
       <c r="C95" t="s">
         <v>261</v>
       </c>
       <c r="D95" t="s">
         <v>262</v>
       </c>
       <c r="E95" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>1691</v>
+        <v>1638</v>
       </c>
       <c r="B96">
         <v>2023</v>
       </c>
       <c r="C96" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D96" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E96" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>1689</v>
+        <v>1637</v>
       </c>
       <c r="B97">
         <v>2023</v>
       </c>
       <c r="C97" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D97" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E97" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>1687</v>
+        <v>1636</v>
       </c>
       <c r="B98">
         <v>2023</v>
       </c>
       <c r="C98" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D98" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E98" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>1688</v>
+        <v>1635</v>
       </c>
       <c r="B99">
         <v>2023</v>
       </c>
       <c r="C99" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D99" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E99" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>1686</v>
+        <v>1633</v>
       </c>
       <c r="B100">
         <v>2023</v>
       </c>
       <c r="C100" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D100" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E100" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>1685</v>
+        <v>1634</v>
       </c>
       <c r="B101">
         <v>2023</v>
       </c>
       <c r="C101" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D101" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E101" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>1684</v>
+        <v>1631</v>
       </c>
       <c r="B102">
         <v>2023</v>
       </c>
       <c r="C102" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D102" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E102" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>1683</v>
+        <v>1632</v>
       </c>
       <c r="B103">
         <v>2023</v>
       </c>
       <c r="C103" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D103" t="s">
         <v>284</v>
       </c>
       <c r="E103" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>1682</v>
+        <v>1627</v>
       </c>
       <c r="B104">
         <v>2023</v>
       </c>
       <c r="C104" t="s">
         <v>286</v>
       </c>
       <c r="D104" t="s">
         <v>287</v>
       </c>
       <c r="E104" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>1680</v>
+        <v>1628</v>
       </c>
       <c r="B105">
         <v>2023</v>
       </c>
       <c r="C105" t="s">
+        <v>286</v>
+      </c>
+      <c r="D105" t="s">
         <v>289</v>
       </c>
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>1681</v>
+        <v>1629</v>
       </c>
       <c r="B106">
         <v>2023</v>
       </c>
       <c r="C106" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D106" t="s">
+        <v>291</v>
+      </c>
+      <c r="E106" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>1679</v>
+        <v>1630</v>
       </c>
       <c r="B107">
         <v>2023</v>
       </c>
       <c r="C107" t="s">
+        <v>286</v>
+      </c>
+      <c r="D107" t="s">
+        <v>293</v>
+      </c>
+      <c r="E107" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>1678</v>
+        <v>1626</v>
       </c>
       <c r="B108">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C108" t="s">
+        <v>295</v>
+      </c>
+      <c r="D108" t="s">
+        <v>296</v>
+      </c>
+      <c r="E108" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>1676</v>
+        <v>1625</v>
       </c>
       <c r="B109">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C109" t="s">
+        <v>298</v>
+      </c>
+      <c r="D109" t="s">
+        <v>299</v>
+      </c>
+      <c r="E109" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>1677</v>
+        <v>1624</v>
       </c>
       <c r="B110">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C110" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D110" t="s">
+        <v>302</v>
+      </c>
+      <c r="E110" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>1674</v>
+        <v>1623</v>
       </c>
       <c r="B111">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C111" t="s">
+        <v>304</v>
+      </c>
+      <c r="D111" t="s">
         <v>305</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>1675</v>
+        <v>1622</v>
       </c>
       <c r="B112">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C112" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D112" t="s">
         <v>308</v>
       </c>
       <c r="E112" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>1672</v>
+        <v>1621</v>
       </c>
       <c r="B113">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C113" t="s">
         <v>310</v>
       </c>
       <c r="D113" t="s">
         <v>311</v>
       </c>
       <c r="E113" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>1673</v>
+        <v>1620</v>
       </c>
       <c r="B114">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C114" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D114" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E114" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>1670</v>
+        <v>1619</v>
       </c>
       <c r="B115">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C115" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D115" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E115" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>1671</v>
+        <v>1617</v>
       </c>
       <c r="B116">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C116" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D116" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E116" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>1669</v>
+        <v>1615</v>
       </c>
       <c r="B117">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C117" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D117" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E117" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>1668</v>
+        <v>1616</v>
       </c>
       <c r="B118">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C118" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D118" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E118" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>1667</v>
+        <v>1613</v>
       </c>
       <c r="B119">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C119" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D119" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E119" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>1665</v>
+        <v>1614</v>
       </c>
       <c r="B120">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C120" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D120" t="s">
         <v>330</v>
       </c>
       <c r="E120" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>1666</v>
+        <v>1612</v>
       </c>
       <c r="B121">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C121" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="D121" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E121" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>1664</v>
+        <v>1611</v>
       </c>
       <c r="B122">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C122" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D122" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E122" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>1662</v>
+        <v>1610</v>
       </c>
       <c r="B123">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C123" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D123" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E123" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>1663</v>
+        <v>1608</v>
       </c>
       <c r="B124">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C124" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D124" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E124" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>1661</v>
+        <v>1609</v>
       </c>
       <c r="B125">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C125" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="D125" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E125" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>1660</v>
+        <v>1618</v>
       </c>
       <c r="B126">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C126" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D126" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E126" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>1659</v>
+        <v>1607</v>
       </c>
       <c r="B127">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C127" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D127" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E127" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>1656</v>
+        <v>1606</v>
       </c>
       <c r="B128">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C128" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D128" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E128" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>1657</v>
+        <v>1605</v>
       </c>
       <c r="B129">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C129" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="D129" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E129" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>1658</v>
+        <v>1603</v>
       </c>
       <c r="B130">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C130" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="D130" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="E130" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>1655</v>
+        <v>1604</v>
       </c>
       <c r="B131">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C131" t="s">
         <v>358</v>
       </c>
       <c r="D131" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E131" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>1654</v>
+        <v>1602</v>
       </c>
       <c r="B132">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C132" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D132" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="E132" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>1653</v>
+        <v>1601</v>
       </c>
       <c r="B133">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C133" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D133" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E133" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>1652</v>
+        <v>1600</v>
       </c>
       <c r="B134">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C134" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D134" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="E134" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>1651</v>
+        <v>1599</v>
       </c>
       <c r="B135">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C135" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D135" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="E135" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>1650</v>
+        <v>1598</v>
       </c>
       <c r="B136">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C136" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D136" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="E136" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>1649</v>
+        <v>1597</v>
       </c>
       <c r="B137">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C137" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D137" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="E137" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>1648</v>
+        <v>1596</v>
       </c>
       <c r="B138">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C138" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D138" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E138" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>1646</v>
+        <v>1595</v>
       </c>
       <c r="B139">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C139" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D139" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="E139" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
-        <v>1647</v>
+        <v>1594</v>
       </c>
       <c r="B140">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C140" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="D140" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="E140" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="1">
-        <v>1645</v>
+        <v>1593</v>
       </c>
       <c r="B141">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C141" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D141" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="E141" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="1">
-        <v>1644</v>
+        <v>1591</v>
       </c>
       <c r="B142">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C142" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D142" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="E142" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="1">
-        <v>1643</v>
+        <v>1592</v>
       </c>
       <c r="B143">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C143" t="s">
         <v>393</v>
       </c>
       <c r="D143" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E143" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="1">
-        <v>1642</v>
+        <v>1590</v>
       </c>
       <c r="B144">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C144" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D144" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E144" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="1">
-        <v>1641</v>
+        <v>1588</v>
       </c>
       <c r="B145">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C145" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D145" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E145" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="1">
-        <v>1640</v>
+        <v>1589</v>
       </c>
       <c r="B146">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C146" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D146" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E146" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="1">
-        <v>1639</v>
+        <v>1587</v>
       </c>
       <c r="B147">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C147" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D147" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E147" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" s="1">
-        <v>1638</v>
+        <v>1586</v>
       </c>
       <c r="B148">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C148" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D148" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E148" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" s="1">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B149">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C149" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D149" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E149" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" s="1">
-        <v>1636</v>
+        <v>1585</v>
       </c>
       <c r="B150">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C150" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D150" t="s">
         <v>415</v>
       </c>
       <c r="E150" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" s="1">
-        <v>1635</v>
+        <v>1583</v>
       </c>
       <c r="B151">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C151" t="s">
         <v>417</v>
       </c>
       <c r="D151" t="s">
         <v>418</v>
       </c>
       <c r="E151" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" s="1">
-        <v>1633</v>
+        <v>1582</v>
       </c>
       <c r="B152">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C152" t="s">
         <v>420</v>
       </c>
       <c r="D152" t="s">
         <v>421</v>
       </c>
       <c r="E152" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" s="1">
-        <v>1634</v>
+        <v>1581</v>
       </c>
       <c r="B153">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C153" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D153" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E153" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" s="1">
-        <v>1631</v>
+        <v>1579</v>
       </c>
       <c r="B154">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C154" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D154" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E154" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="155" spans="1:26">
       <c r="A155" s="1">
-        <v>1632</v>
+        <v>1580</v>
       </c>
       <c r="B155">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C155" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D155" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E155" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="156" spans="1:26">
       <c r="A156" s="1">
-        <v>1627</v>
+        <v>1578</v>
       </c>
       <c r="B156">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C156" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D156" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E156" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" s="1">
-        <v>1628</v>
+        <v>1575</v>
       </c>
       <c r="B157">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C157" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D157" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E157" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="158" spans="1:26">
       <c r="A158" s="1">
-        <v>1629</v>
+        <v>1576</v>
       </c>
       <c r="B158">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C158" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D158" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="E158" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="159" spans="1:26">
       <c r="A159" s="1">
-        <v>1630</v>
+        <v>1577</v>
       </c>
       <c r="B159">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C159" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D159" t="s">
         <v>437</v>
       </c>
       <c r="E159" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" s="1">
-        <v>1626</v>
+        <v>1574</v>
       </c>
       <c r="B160">
         <v>2022</v>
       </c>
       <c r="C160" t="s">
         <v>439</v>
       </c>
       <c r="D160" t="s">
         <v>440</v>
       </c>
       <c r="E160" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" s="1">
-        <v>1625</v>
+        <v>1573</v>
       </c>
       <c r="B161">
         <v>2022</v>
       </c>
       <c r="C161" t="s">
         <v>442</v>
       </c>
       <c r="D161" t="s">
         <v>443</v>
       </c>
       <c r="E161" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" s="1">
-        <v>1624</v>
+        <v>1571</v>
       </c>
       <c r="B162">
         <v>2022</v>
       </c>
       <c r="C162" t="s">
         <v>445</v>
       </c>
       <c r="D162" t="s">
         <v>446</v>
       </c>
       <c r="E162" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" s="1">
-        <v>1623</v>
+        <v>1572</v>
       </c>
       <c r="B163">
         <v>2022</v>
       </c>
       <c r="C163" t="s">
+        <v>445</v>
+      </c>
+      <c r="D163" t="s">
         <v>448</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" s="1">
-        <v>1622</v>
+        <v>1570</v>
       </c>
       <c r="B164">
         <v>2022</v>
       </c>
       <c r="C164" t="s">
+        <v>450</v>
+      </c>
+      <c r="D164" t="s">
         <v>451</v>
       </c>
-      <c r="D164" t="s">
+      <c r="E164" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" s="1">
-        <v>1621</v>
+        <v>1569</v>
       </c>
       <c r="B165">
         <v>2022</v>
       </c>
       <c r="C165" t="s">
+        <v>453</v>
+      </c>
+      <c r="D165" t="s">
         <v>454</v>
       </c>
-      <c r="D165" t="s">
+      <c r="E165" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="166" spans="1:26">
       <c r="A166" s="1">
-        <v>1620</v>
+        <v>1568</v>
       </c>
       <c r="B166">
         <v>2022</v>
       </c>
       <c r="C166" t="s">
+        <v>456</v>
+      </c>
+      <c r="D166" t="s">
         <v>457</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="167" spans="1:26">
       <c r="A167" s="1">
-        <v>1619</v>
+        <v>1567</v>
       </c>
       <c r="B167">
         <v>2022</v>
       </c>
       <c r="C167" t="s">
+        <v>459</v>
+      </c>
+      <c r="D167" t="s">
         <v>460</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="168" spans="1:26">
       <c r="A168" s="1">
-        <v>1617</v>
+        <v>1566</v>
       </c>
       <c r="B168">
         <v>2022</v>
       </c>
       <c r="C168" t="s">
+        <v>462</v>
+      </c>
+      <c r="D168" t="s">
         <v>463</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="169" spans="1:26">
       <c r="A169" s="1">
-        <v>1615</v>
+        <v>1564</v>
       </c>
       <c r="B169">
         <v>2022</v>
       </c>
       <c r="C169" t="s">
+        <v>465</v>
+      </c>
+      <c r="D169" t="s">
         <v>466</v>
       </c>
-      <c r="D169" t="s">
+      <c r="E169" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="170" spans="1:26">
       <c r="A170" s="1">
-        <v>1616</v>
+        <v>1565</v>
       </c>
       <c r="B170">
         <v>2022</v>
       </c>
       <c r="C170" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D170" t="s">
+        <v>468</v>
+      </c>
+      <c r="E170" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="171" spans="1:26">
       <c r="A171" s="1">
-        <v>1613</v>
+        <v>1563</v>
       </c>
       <c r="B171">
         <v>2022</v>
       </c>
       <c r="C171" t="s">
+        <v>470</v>
+      </c>
+      <c r="D171" t="s">
         <v>471</v>
       </c>
-      <c r="D171" t="s">
+      <c r="E171" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="172" spans="1:26">
       <c r="A172" s="1">
-        <v>1614</v>
+        <v>1562</v>
       </c>
       <c r="B172">
         <v>2022</v>
       </c>
       <c r="C172" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D172" t="s">
         <v>474</v>
       </c>
       <c r="E172" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="173" spans="1:26">
       <c r="A173" s="1">
-        <v>1612</v>
+        <v>1561</v>
       </c>
       <c r="B173">
         <v>2022</v>
       </c>
       <c r="C173" t="s">
         <v>476</v>
       </c>
       <c r="D173" t="s">
         <v>477</v>
       </c>
       <c r="E173" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="174" spans="1:26">
       <c r="A174" s="1">
-        <v>1611</v>
+        <v>1560</v>
       </c>
       <c r="B174">
         <v>2022</v>
       </c>
       <c r="C174" t="s">
         <v>479</v>
       </c>
       <c r="D174" t="s">
         <v>480</v>
       </c>
       <c r="E174" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="175" spans="1:26">
       <c r="A175" s="1">
-        <v>1610</v>
+        <v>1559</v>
       </c>
       <c r="B175">
         <v>2022</v>
       </c>
       <c r="C175" t="s">
         <v>482</v>
       </c>
       <c r="D175" t="s">
         <v>483</v>
       </c>
       <c r="E175" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="176" spans="1:26">
       <c r="A176" s="1">
-        <v>1608</v>
+        <v>1558</v>
       </c>
       <c r="B176">
         <v>2022</v>
       </c>
       <c r="C176" t="s">
         <v>485</v>
       </c>
       <c r="D176" t="s">
         <v>486</v>
       </c>
       <c r="E176" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="177" spans="1:26">
       <c r="A177" s="1">
-        <v>1609</v>
+        <v>1557</v>
       </c>
       <c r="B177">
         <v>2022</v>
       </c>
       <c r="C177" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="D177" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E177" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="178" spans="1:26">
       <c r="A178" s="1">
-        <v>1618</v>
+        <v>1556</v>
       </c>
       <c r="B178">
         <v>2022</v>
       </c>
       <c r="C178" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D178" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E178" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="179" spans="1:26">
       <c r="A179" s="1">
-        <v>1607</v>
+        <v>1555</v>
       </c>
       <c r="B179">
         <v>2022</v>
       </c>
       <c r="C179" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D179" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E179" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="180" spans="1:26">
       <c r="A180" s="1">
-        <v>1606</v>
+        <v>1554</v>
       </c>
       <c r="B180">
         <v>2022</v>
       </c>
       <c r="C180" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D180" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="E180" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="181" spans="1:26">
       <c r="A181" s="1">
-        <v>1605</v>
+        <v>1552</v>
       </c>
       <c r="B181">
         <v>2022</v>
       </c>
       <c r="C181" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D181" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E181" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="182" spans="1:26">
       <c r="A182" s="1">
-        <v>1603</v>
+        <v>1553</v>
       </c>
       <c r="B182">
         <v>2022</v>
       </c>
       <c r="C182" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D182" t="s">
         <v>503</v>
       </c>
       <c r="E182" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="183" spans="1:26">
       <c r="A183" s="1">
-        <v>1604</v>
+        <v>1551</v>
       </c>
       <c r="B183">
         <v>2022</v>
       </c>
       <c r="C183" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="D183" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E183" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" s="1">
-        <v>1602</v>
+        <v>1550</v>
       </c>
       <c r="B184">
         <v>2022</v>
       </c>
       <c r="C184" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D184" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="E184" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" s="1">
-        <v>1601</v>
+        <v>1549</v>
       </c>
       <c r="B185">
         <v>2022</v>
       </c>
       <c r="C185" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D185" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E185" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" s="1">
-        <v>1600</v>
+        <v>1548</v>
       </c>
       <c r="B186">
         <v>2022</v>
       </c>
       <c r="C186" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D186" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E186" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" s="1">
-        <v>1599</v>
+        <v>1547</v>
       </c>
       <c r="B187">
         <v>2022</v>
       </c>
       <c r="C187" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D187" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E187" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" s="1">
-        <v>1598</v>
+        <v>1546</v>
       </c>
       <c r="B188">
         <v>2022</v>
       </c>
       <c r="C188" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D188" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E188" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" s="1">
-        <v>1597</v>
+        <v>1545</v>
       </c>
       <c r="B189">
         <v>2022</v>
       </c>
       <c r="C189" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D189" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="E189" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" s="1">
-        <v>1596</v>
+        <v>1544</v>
       </c>
       <c r="B190">
         <v>2022</v>
       </c>
       <c r="C190" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D190" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E190" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" s="1">
-        <v>1595</v>
+        <v>1543</v>
       </c>
       <c r="B191">
         <v>2022</v>
       </c>
       <c r="C191" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D191" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E191" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" s="1">
-        <v>1594</v>
+        <v>1542</v>
       </c>
       <c r="B192">
         <v>2022</v>
       </c>
       <c r="C192" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D192" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="E192" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" s="1">
-        <v>1593</v>
+        <v>1541</v>
       </c>
       <c r="B193">
         <v>2022</v>
       </c>
       <c r="C193" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D193" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E193" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="194" spans="1:26">
       <c r="A194" s="1">
-        <v>1591</v>
+        <v>1540</v>
       </c>
       <c r="B194">
         <v>2022</v>
       </c>
       <c r="C194" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D194" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E194" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="195" spans="1:26">
       <c r="A195" s="1">
-        <v>1592</v>
+        <v>1539</v>
       </c>
       <c r="B195">
         <v>2022</v>
       </c>
       <c r="C195" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="D195" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E195" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="196" spans="1:26">
       <c r="A196" s="1">
-        <v>1590</v>
+        <v>1537</v>
       </c>
       <c r="B196">
         <v>2022</v>
       </c>
       <c r="C196" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D196" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="E196" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="197" spans="1:26">
       <c r="A197" s="1">
-        <v>1588</v>
+        <v>1538</v>
       </c>
       <c r="B197">
         <v>2022</v>
       </c>
       <c r="C197" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="D197" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E197" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="198" spans="1:26">
       <c r="A198" s="1">
-        <v>1589</v>
+        <v>1536</v>
       </c>
       <c r="B198">
         <v>2022</v>
       </c>
       <c r="C198" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D198" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E198" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="199" spans="1:26">
       <c r="A199" s="1">
-        <v>1587</v>
+        <v>1535</v>
       </c>
       <c r="B199">
         <v>2022</v>
       </c>
       <c r="C199" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D199" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E199" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="200" spans="1:26">
       <c r="A200" s="1">
-        <v>1586</v>
+        <v>1533</v>
       </c>
       <c r="B200">
         <v>2022</v>
       </c>
       <c r="C200" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D200" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E200" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="201" spans="1:26">
       <c r="A201" s="1">
-        <v>1584</v>
+        <v>1534</v>
       </c>
       <c r="B201">
         <v>2022</v>
       </c>
       <c r="C201" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="D201" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E201" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="202" spans="1:26">
       <c r="A202" s="1">
-        <v>1585</v>
+        <v>1532</v>
       </c>
       <c r="B202">
         <v>2022</v>
       </c>
       <c r="C202" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="D202" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E202" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="203" spans="1:26">
       <c r="A203" s="1">
-        <v>1583</v>
+        <v>1531</v>
       </c>
       <c r="B203">
         <v>2022</v>
       </c>
       <c r="C203" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D203" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E203" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" s="1">
-        <v>1582</v>
+        <v>1530</v>
       </c>
       <c r="B204">
         <v>2022</v>
       </c>
       <c r="C204" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D204" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="E204" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" s="1">
-        <v>1581</v>
+        <v>1529</v>
       </c>
       <c r="B205">
         <v>2022</v>
       </c>
       <c r="C205" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D205" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="E205" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" s="1">
-        <v>1579</v>
+        <v>1528</v>
       </c>
       <c r="B206">
         <v>2022</v>
       </c>
       <c r="C206" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D206" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="E206" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" s="1">
-        <v>1580</v>
+        <v>1526</v>
       </c>
       <c r="B207">
         <v>2022</v>
       </c>
       <c r="C207" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="D207" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="E207" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" s="1">
-        <v>1578</v>
+        <v>1527</v>
       </c>
       <c r="B208">
         <v>2022</v>
       </c>
       <c r="C208" t="s">
         <v>575</v>
       </c>
       <c r="D208" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E208" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" s="1">
-        <v>1575</v>
+        <v>1524</v>
       </c>
       <c r="B209">
         <v>2022</v>
       </c>
       <c r="C209" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D209" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="E209" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" s="1">
-        <v>1576</v>
+        <v>1525</v>
       </c>
       <c r="B210">
         <v>2022</v>
       </c>
       <c r="C210" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D210" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="E210" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" s="1">
-        <v>1577</v>
+        <v>1523</v>
       </c>
       <c r="B211">
         <v>2022</v>
       </c>
       <c r="C211" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="D211" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="E211" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" s="1">
-        <v>1574</v>
+        <v>1522</v>
       </c>
       <c r="B212">
         <v>2022</v>
       </c>
       <c r="C212" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="D212" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="E212" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" s="1">
-        <v>1573</v>
+        <v>1521</v>
       </c>
       <c r="B213">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C213" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="D213" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="E213" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" s="1">
-        <v>1571</v>
+        <v>1520</v>
       </c>
       <c r="B214">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C214" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="D214" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="E214" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" s="1">
-        <v>1572</v>
+        <v>1519</v>
       </c>
       <c r="B215">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C215" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="D215" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="E215" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" s="1">
-        <v>1570</v>
+        <v>1518</v>
       </c>
       <c r="B216">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C216" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="D216" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="E216" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="1">
-        <v>1569</v>
+        <v>1515</v>
       </c>
       <c r="B217">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C217" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="D217" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="E217" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="1">
-        <v>1568</v>
+        <v>1516</v>
       </c>
       <c r="B218">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C218" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D218" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="E218" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="1">
-        <v>1567</v>
+        <v>1517</v>
       </c>
       <c r="B219">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C219" t="s">
         <v>603</v>
       </c>
       <c r="D219" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="E219" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="1">
-        <v>1566</v>
+        <v>1514</v>
       </c>
       <c r="B220">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C220" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="D220" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="E220" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="1">
-        <v>1564</v>
+        <v>1513</v>
       </c>
       <c r="B221">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C221" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D221" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E221" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="1">
-        <v>1565</v>
+        <v>1512</v>
       </c>
       <c r="B222">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C222" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="D222" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="E222" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" s="1">
-        <v>1563</v>
+        <v>1511</v>
       </c>
       <c r="B223">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C223" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="D223" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="E223" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" s="1">
-        <v>1562</v>
+        <v>1510</v>
       </c>
       <c r="B224">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C224" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="D224" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="E224" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" s="1">
-        <v>1561</v>
+        <v>1509</v>
       </c>
       <c r="B225">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C225" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="D225" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="E225" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" s="1">
-        <v>1560</v>
+        <v>1508</v>
       </c>
       <c r="B226">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C226" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="D226" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="E226" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" s="1">
-        <v>1559</v>
+        <v>1507</v>
       </c>
       <c r="B227">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C227" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="D227" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="E227" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" s="1">
-        <v>1558</v>
+        <v>1505</v>
       </c>
       <c r="B228">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C228" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="D228" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="E228" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="1">
-        <v>1557</v>
+        <v>1506</v>
       </c>
       <c r="B229">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C229" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D229" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="E229" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="1">
-        <v>1556</v>
+        <v>1504</v>
       </c>
       <c r="B230">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C230" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="D230" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="E230" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="1">
-        <v>1555</v>
+        <v>1503</v>
       </c>
       <c r="B231">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C231" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="D231" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="E231" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="1">
-        <v>1554</v>
+        <v>1501</v>
       </c>
       <c r="B232">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C232" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D232" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="E232" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" s="1">
-        <v>1552</v>
+        <v>1502</v>
       </c>
       <c r="B233">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C233" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D233" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="E233" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="1">
-        <v>1553</v>
+        <v>1499</v>
       </c>
       <c r="B234">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C234" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="D234" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="E234" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="1">
-        <v>1551</v>
+        <v>1498</v>
       </c>
       <c r="B235">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C235" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="D235" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="E235" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="1">
-        <v>1550</v>
+        <v>1497</v>
       </c>
       <c r="B236">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C236" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="D236" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="E236" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="1">
-        <v>1549</v>
+        <v>1495</v>
       </c>
       <c r="B237">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C237" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D237" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="E237" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="1">
-        <v>1548</v>
+        <v>1496</v>
       </c>
       <c r="B238">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C238" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D238" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="E238" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="1">
-        <v>1547</v>
+        <v>1494</v>
       </c>
       <c r="B239">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C239" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D239" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="E239" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" s="1">
-        <v>1546</v>
+        <v>1493</v>
       </c>
       <c r="B240">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C240" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D240" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="E240" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" s="1">
-        <v>1545</v>
+        <v>1491</v>
       </c>
       <c r="B241">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C241" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D241" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="E241" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" s="1">
-        <v>1544</v>
+        <v>1492</v>
       </c>
       <c r="B242">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C242" t="s">
         <v>670</v>
       </c>
       <c r="D242" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E242" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" s="1">
-        <v>1543</v>
+        <v>1490</v>
       </c>
       <c r="B243">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C243" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D243" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="E243" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="1">
-        <v>1542</v>
+        <v>1489</v>
       </c>
       <c r="B244">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C244" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D244" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="E244" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="1">
-        <v>1541</v>
+        <v>1488</v>
       </c>
       <c r="B245">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C245" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D245" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="E245" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" s="1">
-        <v>1540</v>
+        <v>1487</v>
       </c>
       <c r="B246">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C246" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D246" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="E246" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" s="1">
-        <v>1539</v>
+        <v>1486</v>
       </c>
       <c r="B247">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C247" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D247" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="E247" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="1">
-        <v>1537</v>
+        <v>1485</v>
       </c>
       <c r="B248">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C248" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D248" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="E248" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="1">
-        <v>1538</v>
+        <v>1484</v>
       </c>
       <c r="B249">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C249" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D249" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="E249" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="1">
-        <v>1536</v>
+        <v>1482</v>
       </c>
       <c r="B250">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C250" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="D250" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="E250" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="1">
-        <v>1535</v>
+        <v>1483</v>
       </c>
       <c r="B251">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C251" t="s">
         <v>696</v>
       </c>
       <c r="D251" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="E251" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="1">
-        <v>1533</v>
+        <v>1481</v>
       </c>
       <c r="B252">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C252" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="D252" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="E252" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="1">
-        <v>1534</v>
+        <v>1480</v>
       </c>
       <c r="B253">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C253" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="D253" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="E253" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="1">
-        <v>1532</v>
+        <v>1479</v>
       </c>
       <c r="B254">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C254" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="D254" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="E254" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="1">
-        <v>1531</v>
+        <v>1478</v>
       </c>
       <c r="B255">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C255" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="D255" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E255" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="1">
-        <v>1530</v>
+        <v>1476</v>
       </c>
       <c r="B256">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C256" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D256" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="E256" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="1">
-        <v>1529</v>
+        <v>1477</v>
       </c>
       <c r="B257">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C257" t="s">
         <v>713</v>
       </c>
       <c r="D257" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="E257" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="1">
-        <v>1528</v>
+        <v>1475</v>
       </c>
       <c r="B258">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C258" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="D258" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="E258" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="1">
-        <v>1526</v>
+        <v>1474</v>
       </c>
       <c r="B259">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C259" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="D259" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="E259" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" s="1">
-        <v>1527</v>
+        <v>1472</v>
       </c>
       <c r="B260">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C260" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="D260" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="E260" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="1">
-        <v>1524</v>
+        <v>1473</v>
       </c>
       <c r="B261">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C261" t="s">
         <v>724</v>
       </c>
       <c r="D261" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E261" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="1">
-        <v>1525</v>
+        <v>1471</v>
       </c>
       <c r="B262">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C262" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="D262" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="E262" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="1">
-        <v>1523</v>
+        <v>1468</v>
       </c>
       <c r="B263">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C263" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="D263" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="E263" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="1">
-        <v>1522</v>
+        <v>1469</v>
       </c>
       <c r="B264">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C264" t="s">
         <v>732</v>
       </c>
       <c r="D264" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E264" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" s="1">
-        <v>1521</v>
+        <v>1470</v>
       </c>
       <c r="B265">
         <v>2021</v>
       </c>
       <c r="C265" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="D265" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E265" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" s="1">
-        <v>1520</v>
+        <v>1466</v>
       </c>
       <c r="B266">
         <v>2021</v>
       </c>
       <c r="C266" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D266" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E266" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" s="1">
-        <v>1519</v>
+        <v>1467</v>
       </c>
       <c r="B267">
         <v>2021</v>
       </c>
       <c r="C267" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="D267" t="s">
         <v>742</v>
       </c>
       <c r="E267" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="1">
-        <v>1518</v>
+        <v>1465</v>
       </c>
       <c r="B268">
         <v>2021</v>
       </c>
       <c r="C268" t="s">
         <v>744</v>
       </c>
       <c r="D268" t="s">
         <v>745</v>
       </c>
       <c r="E268" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="1">
-        <v>1515</v>
+        <v>1463</v>
       </c>
       <c r="B269">
         <v>2021</v>
       </c>
       <c r="C269" t="s">
         <v>747</v>
       </c>
       <c r="D269" t="s">
         <v>748</v>
       </c>
       <c r="E269" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="1">
-        <v>1516</v>
+        <v>1464</v>
       </c>
       <c r="B270">
         <v>2021</v>
       </c>
       <c r="C270" t="s">
         <v>747</v>
       </c>
       <c r="D270" t="s">
         <v>750</v>
       </c>
       <c r="E270" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="1">
-        <v>1517</v>
+        <v>1462</v>
       </c>
       <c r="B271">
         <v>2021</v>
       </c>
       <c r="C271" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="D271" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="E271" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" s="1">
-        <v>1514</v>
+        <v>1460</v>
       </c>
       <c r="B272">
         <v>2021</v>
       </c>
       <c r="C272" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D272" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="E272" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" s="1">
-        <v>1513</v>
+        <v>1461</v>
       </c>
       <c r="B273">
         <v>2021</v>
       </c>
       <c r="C273" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="D273" t="s">
         <v>758</v>
       </c>
       <c r="E273" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" s="1">
-        <v>1512</v>
+        <v>1459</v>
       </c>
       <c r="B274">
         <v>2021</v>
       </c>
       <c r="C274" t="s">
         <v>760</v>
       </c>
       <c r="D274" t="s">
         <v>761</v>
       </c>
       <c r="E274" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" s="1">
-        <v>1511</v>
+        <v>1458</v>
       </c>
       <c r="B275">
         <v>2021</v>
       </c>
       <c r="C275" t="s">
         <v>763</v>
       </c>
       <c r="D275" t="s">
         <v>764</v>
       </c>
       <c r="E275" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" s="1">
-        <v>1510</v>
+        <v>1456</v>
       </c>
       <c r="B276">
         <v>2021</v>
       </c>
       <c r="C276" t="s">
         <v>766</v>
       </c>
       <c r="D276" t="s">
         <v>767</v>
       </c>
       <c r="E276" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" s="1">
-        <v>1509</v>
+        <v>1457</v>
       </c>
       <c r="B277">
         <v>2021</v>
       </c>
       <c r="C277" t="s">
+        <v>766</v>
+      </c>
+      <c r="D277" t="s">
         <v>769</v>
       </c>
-      <c r="D277" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E277" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" s="1">
-        <v>1508</v>
+        <v>1455</v>
       </c>
       <c r="B278">
         <v>2021</v>
       </c>
       <c r="C278" t="s">
+        <v>770</v>
+      </c>
+      <c r="D278" t="s">
+        <v>771</v>
+      </c>
+      <c r="E278" t="s">
         <v>772</v>
-      </c>
-[...4 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" s="1">
-        <v>1507</v>
+        <v>1453</v>
       </c>
       <c r="B279">
         <v>2021</v>
       </c>
       <c r="C279" t="s">
+        <v>773</v>
+      </c>
+      <c r="D279" t="s">
+        <v>774</v>
+      </c>
+      <c r="E279" t="s">
         <v>775</v>
-      </c>
-[...4 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" s="1">
-        <v>1505</v>
+        <v>1454</v>
       </c>
       <c r="B280">
         <v>2021</v>
       </c>
       <c r="C280" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D280" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="E280" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" s="1">
-        <v>1506</v>
+        <v>1451</v>
       </c>
       <c r="B281">
         <v>2021</v>
       </c>
       <c r="C281" t="s">
         <v>778</v>
       </c>
       <c r="D281" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="E281" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" s="1">
-        <v>1504</v>
+        <v>1452</v>
       </c>
       <c r="B282">
         <v>2021</v>
       </c>
       <c r="C282" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="D282" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="E282" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" s="1">
-        <v>1503</v>
+        <v>1450</v>
       </c>
       <c r="B283">
         <v>2021</v>
       </c>
       <c r="C283" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="D283" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="E283" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" s="1">
-        <v>1501</v>
+        <v>1448</v>
       </c>
       <c r="B284">
         <v>2021</v>
       </c>
       <c r="C284" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="D284" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="E284" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" s="1">
-        <v>1502</v>
+        <v>1449</v>
       </c>
       <c r="B285">
         <v>2021</v>
       </c>
       <c r="C285" t="s">
+        <v>786</v>
+      </c>
+      <c r="D285" t="s">
         <v>789</v>
       </c>
-      <c r="D285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E285" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" s="1">
-        <v>1499</v>
+        <v>1447</v>
       </c>
       <c r="B286">
         <v>2021</v>
       </c>
       <c r="C286" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="D286" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="E286" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" s="1">
-        <v>1498</v>
+        <v>1446</v>
       </c>
       <c r="B287">
         <v>2021</v>
       </c>
       <c r="C287" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="D287" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="E287" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" s="1">
-        <v>1497</v>
+        <v>1445</v>
       </c>
       <c r="B288">
         <v>2021</v>
       </c>
       <c r="C288" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="D288" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="E288" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" s="1">
-        <v>1495</v>
+        <v>1444</v>
       </c>
       <c r="B289">
         <v>2021</v>
       </c>
       <c r="C289" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D289" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="E289" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" s="1">
-        <v>1496</v>
+        <v>1443</v>
       </c>
       <c r="B290">
         <v>2021</v>
       </c>
       <c r="C290" t="s">
         <v>803</v>
       </c>
       <c r="D290" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="E290" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" s="1">
-        <v>1494</v>
+        <v>1442</v>
       </c>
       <c r="B291">
         <v>2021</v>
       </c>
       <c r="C291" t="s">
+        <v>806</v>
+      </c>
+      <c r="D291" t="s">
+        <v>807</v>
+      </c>
+      <c r="E291" t="s">
         <v>808</v>
-      </c>
-[...4 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" s="1">
-        <v>1493</v>
+        <v>1441</v>
       </c>
       <c r="B292">
         <v>2021</v>
       </c>
       <c r="C292" t="s">
+        <v>809</v>
+      </c>
+      <c r="D292" t="s">
+        <v>810</v>
+      </c>
+      <c r="E292" t="s">
         <v>811</v>
-      </c>
-[...4 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" s="1">
-        <v>1491</v>
+        <v>1440</v>
       </c>
       <c r="B293">
         <v>2021</v>
       </c>
       <c r="C293" t="s">
+        <v>812</v>
+      </c>
+      <c r="D293" t="s">
+        <v>813</v>
+      </c>
+      <c r="E293" t="s">
         <v>814</v>
-      </c>
-[...4 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" s="1">
-        <v>1492</v>
+        <v>1439</v>
       </c>
       <c r="B294">
         <v>2021</v>
       </c>
       <c r="C294" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D294" t="s">
+        <v>816</v>
+      </c>
+      <c r="E294" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" s="1">
-        <v>1490</v>
+        <v>1438</v>
       </c>
       <c r="B295">
         <v>2021</v>
       </c>
       <c r="C295" t="s">
+        <v>818</v>
+      </c>
+      <c r="D295" t="s">
         <v>819</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" t="s">
         <v>820</v>
-      </c>
-[...1 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" s="1">
-        <v>1489</v>
+        <v>1436</v>
       </c>
       <c r="B296">
         <v>2021</v>
       </c>
       <c r="C296" t="s">
+        <v>821</v>
+      </c>
+      <c r="D296" t="s">
         <v>822</v>
       </c>
-      <c r="D296" t="s">
+      <c r="E296" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" s="1">
-        <v>1488</v>
+        <v>1437</v>
       </c>
       <c r="B297">
         <v>2021</v>
       </c>
       <c r="C297" t="s">
+        <v>821</v>
+      </c>
+      <c r="D297" t="s">
+        <v>824</v>
+      </c>
+      <c r="E297" t="s">
         <v>825</v>
-      </c>
-[...4 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" s="1">
-        <v>1487</v>
+        <v>1435</v>
       </c>
       <c r="B298">
         <v>2021</v>
       </c>
       <c r="C298" t="s">
+        <v>826</v>
+      </c>
+      <c r="D298" t="s">
+        <v>827</v>
+      </c>
+      <c r="E298" t="s">
         <v>828</v>
-      </c>
-[...4 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" s="1">
-        <v>1486</v>
+        <v>1434</v>
       </c>
       <c r="B299">
         <v>2021</v>
       </c>
       <c r="C299" t="s">
+        <v>829</v>
+      </c>
+      <c r="D299" t="s">
+        <v>830</v>
+      </c>
+      <c r="E299" t="s">
         <v>831</v>
-      </c>
-[...4 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" s="1">
-        <v>1485</v>
+        <v>1432</v>
       </c>
       <c r="B300">
         <v>2021</v>
       </c>
       <c r="C300" t="s">
+        <v>832</v>
+      </c>
+      <c r="D300" t="s">
+        <v>833</v>
+      </c>
+      <c r="E300" t="s">
         <v>834</v>
-      </c>
-[...4 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" s="1">
-        <v>1484</v>
+        <v>1433</v>
       </c>
       <c r="B301">
         <v>2021</v>
       </c>
       <c r="C301" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
       <c r="D301" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="E301" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" s="1">
-        <v>1482</v>
+        <v>1431</v>
       </c>
       <c r="B302">
         <v>2021</v>
       </c>
       <c r="C302" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="D302" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="E302" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" s="1">
-        <v>1483</v>
+        <v>1430</v>
       </c>
       <c r="B303">
         <v>2021</v>
       </c>
       <c r="C303" t="s">
         <v>840</v>
       </c>
       <c r="D303" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="E303" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" s="1">
-        <v>1481</v>
+        <v>1429</v>
       </c>
       <c r="B304">
         <v>2021</v>
       </c>
       <c r="C304" t="s">
+        <v>843</v>
+      </c>
+      <c r="D304" t="s">
+        <v>844</v>
+      </c>
+      <c r="E304" t="s">
         <v>845</v>
-      </c>
-[...4 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" s="1">
-        <v>1480</v>
+        <v>1428</v>
       </c>
       <c r="B305">
         <v>2021</v>
       </c>
       <c r="C305" t="s">
+        <v>846</v>
+      </c>
+      <c r="D305" t="s">
+        <v>847</v>
+      </c>
+      <c r="E305" t="s">
         <v>848</v>
-      </c>
-[...4 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" s="1">
-        <v>1479</v>
+        <v>1427</v>
       </c>
       <c r="B306">
         <v>2021</v>
       </c>
       <c r="C306" t="s">
+        <v>849</v>
+      </c>
+      <c r="D306" t="s">
+        <v>850</v>
+      </c>
+      <c r="E306" t="s">
         <v>851</v>
-      </c>
-[...4 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" s="1">
-        <v>1478</v>
+        <v>1426</v>
       </c>
       <c r="B307">
         <v>2021</v>
       </c>
       <c r="C307" t="s">
+        <v>852</v>
+      </c>
+      <c r="D307" t="s">
+        <v>853</v>
+      </c>
+      <c r="E307" t="s">
         <v>854</v>
-      </c>
-[...4 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" s="1">
-        <v>1476</v>
+        <v>1425</v>
       </c>
       <c r="B308">
         <v>2021</v>
       </c>
       <c r="C308" t="s">
+        <v>855</v>
+      </c>
+      <c r="D308" t="s">
+        <v>856</v>
+      </c>
+      <c r="E308" t="s">
         <v>857</v>
-      </c>
-[...4 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="1">
-        <v>1477</v>
+        <v>1421</v>
       </c>
       <c r="B309">
         <v>2021</v>
       </c>
       <c r="C309" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D309" t="s">
+        <v>859</v>
+      </c>
+      <c r="E309" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" s="1">
-        <v>1475</v>
+        <v>1422</v>
       </c>
       <c r="B310">
         <v>2021</v>
       </c>
       <c r="C310" t="s">
+        <v>858</v>
+      </c>
+      <c r="D310" t="s">
+        <v>861</v>
+      </c>
+      <c r="E310" t="s">
         <v>862</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" s="1">
-        <v>1474</v>
+        <v>1423</v>
       </c>
       <c r="B311">
         <v>2021</v>
       </c>
       <c r="C311" t="s">
-        <v>865</v>
+        <v>858</v>
       </c>
       <c r="D311" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="E311" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" s="1">
-        <v>1472</v>
+        <v>1418</v>
       </c>
       <c r="B312">
         <v>2021</v>
       </c>
       <c r="C312" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D312" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E312" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" s="1">
-        <v>1473</v>
+        <v>1419</v>
       </c>
       <c r="B313">
         <v>2021</v>
       </c>
       <c r="C313" t="s">
+        <v>865</v>
+      </c>
+      <c r="D313" t="s">
         <v>868</v>
       </c>
-      <c r="D313" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E313" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" s="1">
-        <v>1471</v>
+        <v>1420</v>
       </c>
       <c r="B314">
         <v>2021</v>
       </c>
       <c r="C314" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="D314" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="E314" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" s="1">
-        <v>1468</v>
+        <v>1416</v>
       </c>
       <c r="B315">
         <v>2021</v>
       </c>
       <c r="C315" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="D315" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="E315" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" s="1">
-        <v>1469</v>
+        <v>1417</v>
       </c>
       <c r="B316">
         <v>2021</v>
       </c>
       <c r="C316" t="s">
+        <v>872</v>
+      </c>
+      <c r="D316" t="s">
+        <v>875</v>
+      </c>
+      <c r="E316" t="s">
         <v>876</v>
-      </c>
-[...4 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" s="1">
-        <v>1470</v>
+        <v>1414</v>
       </c>
       <c r="B317">
         <v>2021</v>
       </c>
       <c r="C317" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D317" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="E317" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" s="1">
-        <v>1466</v>
+        <v>1415</v>
       </c>
       <c r="B318">
         <v>2021</v>
       </c>
       <c r="C318" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="D318" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="E318" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" s="1">
-        <v>1467</v>
+        <v>1413</v>
       </c>
       <c r="B319">
         <v>2021</v>
       </c>
       <c r="C319" t="s">
+        <v>882</v>
+      </c>
+      <c r="D319" t="s">
         <v>883</v>
       </c>
-      <c r="D319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E319" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" s="1">
-        <v>1465</v>
+        <v>1411</v>
       </c>
       <c r="B320">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C320" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="D320" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="E320" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" s="1">
-        <v>1463</v>
+        <v>1412</v>
       </c>
       <c r="B321">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C321" t="s">
-        <v>891</v>
+        <v>885</v>
       </c>
       <c r="D321" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="E321" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" s="1">
-        <v>1464</v>
+        <v>1410</v>
       </c>
       <c r="B322">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C322" t="s">
+        <v>890</v>
+      </c>
+      <c r="D322" t="s">
         <v>891</v>
       </c>
-      <c r="D322" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E322" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" s="1">
-        <v>1462</v>
+        <v>1408</v>
       </c>
       <c r="B323">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C323" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="D323" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="E323" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" s="1">
-        <v>1460</v>
+        <v>1409</v>
       </c>
       <c r="B324">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C324" t="s">
-        <v>899</v>
+        <v>893</v>
       </c>
       <c r="D324" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="E324" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" s="1">
-        <v>1461</v>
+        <v>1407</v>
       </c>
       <c r="B325">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C325" t="s">
+        <v>898</v>
+      </c>
+      <c r="D325" t="s">
         <v>899</v>
       </c>
-      <c r="D325" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E325" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" s="1">
-        <v>1459</v>
+        <v>1406</v>
       </c>
       <c r="B326">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C326" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="D326" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="E326" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" s="1">
-        <v>1458</v>
+        <v>1405</v>
       </c>
       <c r="B327">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C327" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="D327" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="E327" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" s="1">
-        <v>1456</v>
+        <v>1404</v>
       </c>
       <c r="B328">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C328" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="D328" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="E328" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" s="1">
-        <v>1457</v>
+        <v>1403</v>
       </c>
       <c r="B329">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C329" t="s">
         <v>910</v>
       </c>
       <c r="D329" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="E329" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" s="1">
-        <v>1455</v>
+        <v>1402</v>
       </c>
       <c r="B330">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C330" t="s">
+        <v>913</v>
+      </c>
+      <c r="D330" t="s">
         <v>914</v>
       </c>
-      <c r="D330" t="s">
+      <c r="E330" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" s="1">
-        <v>1453</v>
+        <v>1401</v>
       </c>
       <c r="B331">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C331" t="s">
+        <v>916</v>
+      </c>
+      <c r="D331" t="s">
         <v>917</v>
       </c>
-      <c r="D331" t="s">
+      <c r="E331" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" s="1">
-        <v>1454</v>
+        <v>1399</v>
       </c>
       <c r="B332">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C332" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D332" t="s">
         <v>920</v>
       </c>
       <c r="E332" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" s="1">
-        <v>1451</v>
+        <v>1400</v>
       </c>
       <c r="B333">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C333" t="s">
+        <v>919</v>
+      </c>
+      <c r="D333" t="s">
         <v>922</v>
       </c>
-      <c r="D333" t="s">
+      <c r="E333" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" s="1">
-        <v>1452</v>
+        <v>1398</v>
       </c>
       <c r="B334">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C334" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="D334" t="s">
         <v>925</v>
       </c>
       <c r="E334" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" s="1">
-        <v>1450</v>
+        <v>1397</v>
       </c>
       <c r="B335">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C335" t="s">
         <v>927</v>
       </c>
       <c r="D335" t="s">
         <v>928</v>
       </c>
       <c r="E335" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" s="1">
-        <v>1448</v>
+        <v>1396</v>
       </c>
       <c r="B336">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C336" t="s">
         <v>930</v>
       </c>
       <c r="D336" t="s">
         <v>931</v>
       </c>
       <c r="E336" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="337" spans="1:26">
       <c r="A337" s="1">
-        <v>1449</v>
+        <v>1395</v>
       </c>
       <c r="B337">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C337" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="D337" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E337" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" s="1">
-        <v>1447</v>
+        <v>1394</v>
       </c>
       <c r="B338">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C338" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D338" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="E338" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" s="1">
-        <v>1446</v>
+        <v>1392</v>
       </c>
       <c r="B339">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C339" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D339" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="E339" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" s="1">
-        <v>1445</v>
+        <v>1393</v>
       </c>
       <c r="B340">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C340" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="D340" t="s">
         <v>942</v>
       </c>
       <c r="E340" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" s="1">
-        <v>1444</v>
+        <v>1390</v>
       </c>
       <c r="B341">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C341" t="s">
         <v>944</v>
       </c>
       <c r="D341" t="s">
         <v>945</v>
       </c>
       <c r="E341" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" s="1">
-        <v>1443</v>
+        <v>1391</v>
       </c>
       <c r="B342">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C342" t="s">
+        <v>944</v>
+      </c>
+      <c r="D342" t="s">
         <v>947</v>
       </c>
-      <c r="D342" t="s">
+      <c r="E342" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" s="1">
-        <v>1442</v>
+        <v>1389</v>
       </c>
       <c r="B343">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C343" t="s">
+        <v>949</v>
+      </c>
+      <c r="D343" t="s">
         <v>950</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" s="1">
-        <v>1441</v>
+        <v>1388</v>
       </c>
       <c r="B344">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C344" t="s">
+        <v>952</v>
+      </c>
+      <c r="D344" t="s">
         <v>953</v>
       </c>
-      <c r="D344" t="s">
+      <c r="E344" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" s="1">
-        <v>1440</v>
+        <v>1384</v>
       </c>
       <c r="B345">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C345" t="s">
+        <v>955</v>
+      </c>
+      <c r="D345" t="s">
         <v>956</v>
       </c>
-      <c r="D345" t="s">
+      <c r="E345" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" s="1">
-        <v>1439</v>
+        <v>1385</v>
       </c>
       <c r="B346">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C346" t="s">
+        <v>955</v>
+      </c>
+      <c r="D346" t="s">
+        <v>958</v>
+      </c>
+      <c r="E346" t="s">
         <v>959</v>
-      </c>
-[...4 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" s="1">
-        <v>1438</v>
+        <v>1386</v>
       </c>
       <c r="B347">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C347" t="s">
-        <v>962</v>
+        <v>955</v>
       </c>
       <c r="D347" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="E347" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" s="1">
-        <v>1436</v>
+        <v>1387</v>
       </c>
       <c r="B348">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C348" t="s">
-        <v>965</v>
+        <v>955</v>
       </c>
       <c r="D348" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="E348" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="1">
-        <v>1437</v>
+        <v>1383</v>
       </c>
       <c r="B349">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C349" t="s">
+        <v>964</v>
+      </c>
+      <c r="D349" t="s">
         <v>965</v>
       </c>
-      <c r="D349" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E349" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="1">
-        <v>1435</v>
+        <v>1380</v>
       </c>
       <c r="B350">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C350" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="D350" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="E350" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" s="1">
-        <v>1434</v>
+        <v>1381</v>
       </c>
       <c r="B351">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C351" t="s">
-        <v>973</v>
+        <v>967</v>
       </c>
       <c r="D351" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="E351" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="1">
-        <v>1432</v>
+        <v>1382</v>
       </c>
       <c r="B352">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C352" t="s">
-        <v>976</v>
+        <v>967</v>
       </c>
       <c r="D352" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="E352" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="1">
-        <v>1433</v>
+        <v>1379</v>
       </c>
       <c r="B353">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C353" t="s">
+        <v>974</v>
+      </c>
+      <c r="D353" t="s">
+        <v>975</v>
+      </c>
+      <c r="E353" t="s">
         <v>976</v>
-      </c>
-[...4 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="1">
-        <v>1431</v>
+        <v>1378</v>
       </c>
       <c r="B354">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C354" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="D354" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="E354" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="1">
-        <v>1430</v>
+        <v>1377</v>
       </c>
       <c r="B355">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C355" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="D355" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="E355" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="1">
-        <v>1429</v>
+        <v>1376</v>
       </c>
       <c r="B356">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C356" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="D356" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="E356" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="1">
-        <v>1428</v>
+        <v>1375</v>
       </c>
       <c r="B357">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C357" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="D357" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="E357" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="1">
-        <v>1427</v>
+        <v>1374</v>
       </c>
       <c r="B358">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C358" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="D358" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="E358" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="1">
-        <v>1426</v>
+        <v>1373</v>
       </c>
       <c r="B359">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C359" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="D359" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
       <c r="E359" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="1">
-        <v>1425</v>
+        <v>1372</v>
       </c>
       <c r="B360">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C360" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="D360" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="E360" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="1">
-        <v>1421</v>
+        <v>1371</v>
       </c>
       <c r="B361">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C361" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="D361" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="E361" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="1">
-        <v>1422</v>
+        <v>1370</v>
       </c>
       <c r="B362">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C362" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D362" t="s">
         <v>1002</v>
       </c>
-      <c r="D362" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E362" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="1">
-        <v>1423</v>
+        <v>1369</v>
       </c>
       <c r="B363">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C363" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D363" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="E363" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" s="1">
-        <v>1418</v>
+        <v>1368</v>
       </c>
       <c r="B364">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C364" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E364" t="s">
         <v>1009</v>
-      </c>
-[...4 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="1">
-        <v>1419</v>
+        <v>1367</v>
       </c>
       <c r="B365">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C365" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D365" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E365" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="1">
-        <v>1420</v>
+        <v>1366</v>
       </c>
       <c r="B366">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C366" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="D366" t="s">
         <v>1014</v>
       </c>
       <c r="E366" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="1">
-        <v>1416</v>
+        <v>1365</v>
       </c>
       <c r="B367">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C367" t="s">
         <v>1016</v>
       </c>
       <c r="D367" t="s">
         <v>1017</v>
       </c>
       <c r="E367" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="1">
-        <v>1417</v>
+        <v>1364</v>
       </c>
       <c r="B368">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C368" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="D368" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="E368" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="1">
-        <v>1414</v>
+        <v>1363</v>
       </c>
       <c r="B369">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C369" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D369" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="E369" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="1">
-        <v>1415</v>
+        <v>1362</v>
       </c>
       <c r="B370">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C370" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="D370" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="E370" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" s="1">
-        <v>1413</v>
+        <v>1361</v>
       </c>
       <c r="B371">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C371" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D371" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="E371" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="1">
-        <v>1411</v>
+        <v>1358</v>
       </c>
       <c r="B372">
         <v>2020</v>
       </c>
       <c r="C372" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D372" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E372" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="1">
-        <v>1412</v>
+        <v>1359</v>
       </c>
       <c r="B373">
         <v>2020</v>
       </c>
       <c r="C373" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D373" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="E373" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="1">
-        <v>1410</v>
+        <v>1360</v>
       </c>
       <c r="B374">
         <v>2020</v>
       </c>
       <c r="C374" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D374" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="E374" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="1">
-        <v>1408</v>
+        <v>1357</v>
       </c>
       <c r="B375">
         <v>2020</v>
       </c>
       <c r="C375" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D375" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="E375" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="1">
-        <v>1409</v>
+        <v>1355</v>
       </c>
       <c r="B376">
         <v>2020</v>
       </c>
       <c r="C376" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="D376" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="E376" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="1">
-        <v>1407</v>
+        <v>1354</v>
       </c>
       <c r="B377">
         <v>2020</v>
       </c>
       <c r="C377" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="D377" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="E377" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="1">
-        <v>1406</v>
+        <v>1356</v>
       </c>
       <c r="B378">
         <v>2020</v>
       </c>
       <c r="C378" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="D378" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="E378" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="1">
-        <v>1405</v>
+        <v>1353</v>
       </c>
       <c r="B379">
         <v>2020</v>
       </c>
       <c r="C379" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="D379" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="E379" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="1">
-        <v>1404</v>
+        <v>1352</v>
       </c>
       <c r="B380">
         <v>2020</v>
       </c>
       <c r="C380" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="D380" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="E380" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="1">
-        <v>1403</v>
+        <v>1351</v>
       </c>
       <c r="B381">
         <v>2020</v>
       </c>
       <c r="C381" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="D381" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="E381" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="1">
-        <v>1402</v>
+        <v>1350</v>
       </c>
       <c r="B382">
         <v>2020</v>
       </c>
       <c r="C382" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="D382" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="E382" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="1">
-        <v>1401</v>
+        <v>1349</v>
       </c>
       <c r="B383">
         <v>2020</v>
       </c>
       <c r="C383" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="D383" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="E383" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="1">
-        <v>1399</v>
+        <v>1348</v>
       </c>
       <c r="B384">
         <v>2020</v>
       </c>
       <c r="C384" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D384" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="E384" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" s="1">
-        <v>1400</v>
+        <v>1347</v>
       </c>
       <c r="B385">
         <v>2020</v>
       </c>
       <c r="C385" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="D385" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="E385" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="386" spans="1:26">
       <c r="A386" s="1">
-        <v>1398</v>
+        <v>1345</v>
       </c>
       <c r="B386">
         <v>2020</v>
       </c>
       <c r="C386" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="D386" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="E386" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="387" spans="1:26">
       <c r="A387" s="1">
-        <v>1397</v>
+        <v>1346</v>
       </c>
       <c r="B387">
         <v>2020</v>
       </c>
       <c r="C387" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D387" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="E387" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="388" spans="1:26">
       <c r="A388" s="1">
-        <v>1396</v>
+        <v>1344</v>
       </c>
       <c r="B388">
         <v>2020</v>
       </c>
       <c r="C388" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="D388" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="E388" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="A389" s="1">
-        <v>1395</v>
+        <v>1343</v>
       </c>
       <c r="B389">
         <v>2020</v>
       </c>
       <c r="C389" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="D389" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="E389" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="390" spans="1:26">
       <c r="A390" s="1">
-        <v>1394</v>
+        <v>1342</v>
       </c>
       <c r="B390">
         <v>2020</v>
       </c>
       <c r="C390" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="D390" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="E390" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="391" spans="1:26">
       <c r="A391" s="1">
-        <v>1392</v>
+        <v>1341</v>
       </c>
       <c r="B391">
         <v>2020</v>
       </c>
       <c r="C391" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="D391" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="E391" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="392" spans="1:26">
       <c r="A392" s="1">
-        <v>1393</v>
+        <v>1340</v>
       </c>
       <c r="B392">
         <v>2020</v>
       </c>
       <c r="C392" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="D392" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="E392" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="A393" s="1">
-        <v>1390</v>
+        <v>1338</v>
       </c>
       <c r="B393">
         <v>2020</v>
       </c>
       <c r="C393" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="D393" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="E393" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="A394" s="1">
-        <v>1391</v>
+        <v>1339</v>
       </c>
       <c r="B394">
         <v>2020</v>
       </c>
       <c r="C394" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="D394" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="E394" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" s="1">
-        <v>1389</v>
+        <v>1337</v>
       </c>
       <c r="B395">
         <v>2020</v>
       </c>
       <c r="C395" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="D395" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="E395" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" s="1">
-        <v>1388</v>
+        <v>1336</v>
       </c>
       <c r="B396">
         <v>2020</v>
       </c>
       <c r="C396" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="D396" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="E396" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" s="1">
-        <v>1384</v>
+        <v>1333</v>
       </c>
       <c r="B397">
         <v>2020</v>
       </c>
       <c r="C397" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D397" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="E397" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" s="1">
-        <v>1385</v>
+        <v>1334</v>
       </c>
       <c r="B398">
         <v>2020</v>
       </c>
       <c r="C398" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D398" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="E398" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" s="1">
-        <v>1386</v>
+        <v>1335</v>
       </c>
       <c r="B399">
         <v>2020</v>
       </c>
       <c r="C399" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D399" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="E399" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" s="1">
-        <v>1387</v>
+        <v>1332</v>
       </c>
       <c r="B400">
         <v>2020</v>
       </c>
       <c r="C400" t="s">
-        <v>1099</v>
+        <v>1110</v>
       </c>
       <c r="D400" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="E400" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="401" spans="1:26">
       <c r="A401" s="1">
-        <v>1383</v>
+        <v>1329</v>
       </c>
       <c r="B401">
         <v>2020</v>
       </c>
       <c r="C401" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="D401" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="E401" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="A402" s="1">
-        <v>1380</v>
+        <v>1330</v>
       </c>
       <c r="B402">
         <v>2020</v>
       </c>
       <c r="C402" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D402" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="E402" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" s="1">
-        <v>1381</v>
+        <v>1331</v>
       </c>
       <c r="B403">
         <v>2020</v>
       </c>
       <c r="C403" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D403" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="E403" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" s="1">
-        <v>1382</v>
+        <v>1327</v>
       </c>
       <c r="B404">
         <v>2020</v>
       </c>
       <c r="C404" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="D404" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="E404" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" s="1">
-        <v>1379</v>
+        <v>1328</v>
       </c>
       <c r="B405">
         <v>2020</v>
       </c>
       <c r="C405" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D405" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="E405" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" s="1">
-        <v>1378</v>
+        <v>1326</v>
       </c>
       <c r="B406">
         <v>2020</v>
       </c>
       <c r="C406" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="D406" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="E406" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" s="1">
-        <v>1377</v>
+        <v>1325</v>
       </c>
       <c r="B407">
         <v>2020</v>
       </c>
       <c r="C407" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="D407" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="E407" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" s="1">
-        <v>1376</v>
+        <v>1322</v>
       </c>
       <c r="B408">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C408" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="D408" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="E408" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" s="1">
-        <v>1375</v>
+        <v>1323</v>
       </c>
       <c r="B409">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C409" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D409" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="E409" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" s="1">
-        <v>1374</v>
+        <v>1324</v>
       </c>
       <c r="B410">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C410" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D410" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="E410" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" s="1">
-        <v>1373</v>
+        <v>1309</v>
       </c>
       <c r="B411">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C411" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="D411" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="E411" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" s="1">
-        <v>1372</v>
+        <v>1321</v>
       </c>
       <c r="B412">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C412" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="D412" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="E412" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" s="1">
-        <v>1371</v>
+        <v>1320</v>
       </c>
       <c r="B413">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C413" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="D413" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="E413" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="414" spans="1:26">
       <c r="A414" s="1">
-        <v>1370</v>
+        <v>1319</v>
       </c>
       <c r="B414">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C414" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="D414" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="E414" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" s="1">
-        <v>1369</v>
+        <v>1318</v>
       </c>
       <c r="B415">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C415" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="D415" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="E415" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" s="1">
-        <v>1368</v>
+        <v>1317</v>
       </c>
       <c r="B416">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C416" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="D416" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="E416" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="417" spans="1:26">
       <c r="A417" s="1">
-        <v>1367</v>
+        <v>1316</v>
       </c>
       <c r="B417">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C417" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="D417" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="E417" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="418" spans="1:26">
       <c r="A418" s="1">
-        <v>1366</v>
+        <v>1314</v>
       </c>
       <c r="B418">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C418" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="D418" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="E418" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="419" spans="1:26">
       <c r="A419" s="1">
-        <v>1365</v>
+        <v>1315</v>
       </c>
       <c r="B419">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C419" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="D419" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="E419" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" s="1">
-        <v>1364</v>
+        <v>1313</v>
       </c>
       <c r="B420">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C420" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="D420" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="E420" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" s="1">
-        <v>1363</v>
+        <v>1293</v>
       </c>
       <c r="B421">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C421" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="D421" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="E421" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" s="1">
-        <v>1362</v>
+        <v>1312</v>
       </c>
       <c r="B422">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C422" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="D422" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="E422" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" s="1">
-        <v>1361</v>
+        <v>1305</v>
       </c>
       <c r="B423">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C423" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="D423" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="E423" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" s="1">
-        <v>1358</v>
+        <v>1308</v>
       </c>
       <c r="B424">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C424" t="s">
         <v>1175</v>
       </c>
       <c r="D424" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="E424" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" s="1">
-        <v>1359</v>
+        <v>1304</v>
       </c>
       <c r="B425">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C425" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="D425" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="E425" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" s="1">
-        <v>1360</v>
+        <v>1311</v>
       </c>
       <c r="B426">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C426" t="s">
         <v>1180</v>
       </c>
       <c r="D426" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E426" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" s="1">
-        <v>1357</v>
+        <v>1310</v>
       </c>
       <c r="B427">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C427" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D427" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="E427" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" s="1">
-        <v>1355</v>
+        <v>1303</v>
       </c>
       <c r="B428">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C428" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="D428" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="E428" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" s="1">
-        <v>1354</v>
+        <v>1307</v>
       </c>
       <c r="B429">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C429" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D429" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E429" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" s="1">
-        <v>1356</v>
+        <v>1306</v>
       </c>
       <c r="B430">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C430" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D430" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="E430" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" s="1">
-        <v>1353</v>
+        <v>1294</v>
       </c>
       <c r="B431">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C431" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="D431" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="E431" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" s="1">
-        <v>1352</v>
+        <v>1302</v>
       </c>
       <c r="B432">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C432" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D432" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="E432" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="1">
-        <v>1351</v>
+        <v>1300</v>
       </c>
       <c r="B433">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C433" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="D433" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="E433" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="1">
-        <v>1350</v>
+        <v>1301</v>
       </c>
       <c r="B434">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C434" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="D434" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="E434" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="1">
-        <v>1349</v>
+        <v>1299</v>
       </c>
       <c r="B435">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C435" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D435" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="E435" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="1">
-        <v>1348</v>
+        <v>1297</v>
       </c>
       <c r="B436">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C436" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D436" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="E436" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="1">
-        <v>1347</v>
+        <v>1298</v>
       </c>
       <c r="B437">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C437" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="D437" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="E437" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="1">
-        <v>1345</v>
+        <v>1296</v>
       </c>
       <c r="B438">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C438" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D438" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="E438" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="1">
-        <v>1346</v>
+        <v>1292</v>
       </c>
       <c r="B439">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C439" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="D439" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="E439" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="1">
-        <v>1344</v>
+        <v>1295</v>
       </c>
       <c r="B440">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C440" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D440" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="E440" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="1">
-        <v>1343</v>
+        <v>1290</v>
       </c>
       <c r="B441">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C441" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="D441" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="E441" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="1">
-        <v>1342</v>
+        <v>1291</v>
       </c>
       <c r="B442">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C442" t="s">
-        <v>1227</v>
+        <v>1226</v>
       </c>
       <c r="D442" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="E442" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="1">
-        <v>1341</v>
+        <v>1289</v>
       </c>
       <c r="B443">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C443" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="D443" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="E443" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="1">
-        <v>1340</v>
+        <v>1287</v>
       </c>
       <c r="B444">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C444" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D444" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="E444" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="1">
-        <v>1338</v>
+        <v>1288</v>
       </c>
       <c r="B445">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C445" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="D445" t="s">
         <v>1237</v>
       </c>
       <c r="E445" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="1">
-        <v>1339</v>
+        <v>1286</v>
       </c>
       <c r="B446">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C446" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="D446" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="E446" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="1">
-        <v>1337</v>
+        <v>1285</v>
       </c>
       <c r="B447">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C447" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="D447" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="E447" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="1">
-        <v>1336</v>
+        <v>1283</v>
       </c>
       <c r="B448">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C448" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="D448" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="E448" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="1">
-        <v>1333</v>
+        <v>1284</v>
       </c>
       <c r="B449">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C449" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="D449" t="s">
         <v>1248</v>
       </c>
       <c r="E449" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="1">
-        <v>1334</v>
+        <v>1282</v>
       </c>
       <c r="B450">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C450" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="D450" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="E450" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" s="1">
-        <v>1335</v>
+        <v>1281</v>
       </c>
       <c r="B451">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C451" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="D451" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="E451" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" s="1">
-        <v>1332</v>
+        <v>1280</v>
       </c>
       <c r="B452">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C452" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="D452" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="E452" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" s="1">
-        <v>1329</v>
+        <v>1279</v>
       </c>
       <c r="B453">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C453" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="D453" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="E453" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" s="1">
-        <v>1330</v>
+        <v>1277</v>
       </c>
       <c r="B454">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C454" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="D454" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="E454" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" s="1">
-        <v>1331</v>
+        <v>1278</v>
       </c>
       <c r="B455">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C455" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="D455" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="E455" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" s="1">
-        <v>1327</v>
+        <v>1276</v>
       </c>
       <c r="B456">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C456" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="D456" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="E456" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" s="1">
-        <v>1328</v>
+        <v>1259</v>
       </c>
       <c r="B457">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C457" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="D457" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="E457" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" s="1">
-        <v>1326</v>
+        <v>1274</v>
       </c>
       <c r="B458">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C458" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D458" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="E458" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" s="1">
-        <v>1325</v>
+        <v>1275</v>
       </c>
       <c r="B459">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C459" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="D459" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="E459" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" s="1">
-        <v>1322</v>
+        <v>1273</v>
       </c>
       <c r="B460">
         <v>2019</v>
       </c>
       <c r="C460" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="D460" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="E460" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" s="1">
-        <v>1323</v>
+        <v>1272</v>
       </c>
       <c r="B461">
         <v>2019</v>
       </c>
       <c r="C461" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="D461" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="E461" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" s="1">
-        <v>1324</v>
+        <v>1269</v>
       </c>
       <c r="B462">
         <v>2019</v>
       </c>
       <c r="C462" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="D462" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="E462" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" s="1">
-        <v>1309</v>
+        <v>1270</v>
       </c>
       <c r="B463">
         <v>2019</v>
       </c>
       <c r="C463" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="D463" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="E463" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" s="1">
-        <v>1321</v>
+        <v>1271</v>
       </c>
       <c r="B464">
         <v>2019</v>
       </c>
       <c r="C464" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="D464" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="E464" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" s="1">
-        <v>1320</v>
+        <v>1261</v>
       </c>
       <c r="B465">
         <v>2019</v>
       </c>
       <c r="C465" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="D465" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="E465" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" s="1">
-        <v>1319</v>
+        <v>1267</v>
       </c>
       <c r="B466">
         <v>2019</v>
       </c>
       <c r="C466" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="D466" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="E466" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" s="1">
-        <v>1318</v>
+        <v>1268</v>
       </c>
       <c r="B467">
         <v>2019</v>
       </c>
       <c r="C467" t="s">
         <v>1295</v>
       </c>
       <c r="D467" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="E467" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" s="1">
-        <v>1317</v>
+        <v>1264</v>
       </c>
       <c r="B468">
         <v>2019</v>
       </c>
       <c r="C468" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="D468" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="E468" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="469" spans="1:26">
       <c r="A469" s="1">
-        <v>1316</v>
+        <v>1266</v>
       </c>
       <c r="B469">
         <v>2019</v>
       </c>
       <c r="C469" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="D469" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="E469" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" s="1">
-        <v>1314</v>
+        <v>1265</v>
       </c>
       <c r="B470">
         <v>2019</v>
       </c>
       <c r="C470" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="D470" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="E470" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" s="1">
-        <v>1315</v>
+        <v>1263</v>
       </c>
       <c r="B471">
         <v>2019</v>
       </c>
       <c r="C471" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="D471" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="E471" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" s="1">
-        <v>1313</v>
+        <v>1255</v>
       </c>
       <c r="B472">
         <v>2019</v>
       </c>
       <c r="C472" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="D472" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="E472" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" s="1">
-        <v>1293</v>
+        <v>1258</v>
       </c>
       <c r="B473">
         <v>2019</v>
       </c>
       <c r="C473" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D473" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="E473" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" s="1">
-        <v>1312</v>
+        <v>1262</v>
       </c>
       <c r="B474">
         <v>2019</v>
       </c>
       <c r="C474" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="D474" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="E474" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" s="1">
-        <v>1305</v>
+        <v>1253</v>
       </c>
       <c r="B475">
         <v>2019</v>
       </c>
       <c r="C475" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="D475" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="E475" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" s="1">
-        <v>1308</v>
+        <v>1260</v>
       </c>
       <c r="B476">
         <v>2019</v>
       </c>
       <c r="C476" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="D476" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="E476" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="477" spans="1:26">
       <c r="A477" s="1">
-        <v>1304</v>
+        <v>1257</v>
       </c>
       <c r="B477">
         <v>2019</v>
       </c>
       <c r="C477" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="D477" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="E477" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="478" spans="1:26">
       <c r="A478" s="1">
-        <v>1311</v>
+        <v>1256</v>
       </c>
       <c r="B478">
         <v>2019</v>
       </c>
       <c r="C478" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="D478" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="E478" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" s="1">
-        <v>1310</v>
+        <v>1254</v>
       </c>
       <c r="B479">
         <v>2019</v>
       </c>
       <c r="C479" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="D479" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="E479" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" s="1">
-        <v>1303</v>
+        <v>1250</v>
       </c>
       <c r="B480">
         <v>2019</v>
       </c>
       <c r="C480" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="D480" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="E480" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" s="1">
-        <v>1307</v>
+        <v>1251</v>
       </c>
       <c r="B481">
         <v>2019</v>
       </c>
       <c r="C481" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D481" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="E481" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" s="1">
-        <v>1306</v>
+        <v>1252</v>
       </c>
       <c r="B482">
         <v>2019</v>
       </c>
       <c r="C482" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="D482" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="E482" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" s="1">
-        <v>1294</v>
+        <v>1249</v>
       </c>
       <c r="B483">
         <v>2019</v>
       </c>
       <c r="C483" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="D483" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="E483" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" s="1">
-        <v>1302</v>
+        <v>1248</v>
       </c>
       <c r="B484">
         <v>2019</v>
       </c>
       <c r="C484" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="D484" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="E484" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" s="1">
-        <v>1300</v>
+        <v>1245</v>
       </c>
       <c r="B485">
         <v>2019</v>
       </c>
       <c r="C485" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="D485" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="E485" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" s="1">
-        <v>1301</v>
+        <v>1247</v>
       </c>
       <c r="B486">
         <v>2019</v>
       </c>
       <c r="C486" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="D486" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="E486" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" s="1">
-        <v>1299</v>
+        <v>1246</v>
       </c>
       <c r="B487">
         <v>2019</v>
       </c>
       <c r="C487" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="D487" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="E487" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" s="1">
-        <v>1297</v>
+        <v>1244</v>
       </c>
       <c r="B488">
         <v>2019</v>
       </c>
       <c r="C488" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D488" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="E488" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" s="1">
-        <v>1298</v>
+        <v>1241</v>
       </c>
       <c r="B489">
         <v>2019</v>
       </c>
       <c r="C489" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="D489" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="E489" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" s="1">
-        <v>1296</v>
+        <v>1242</v>
       </c>
       <c r="B490">
         <v>2019</v>
       </c>
       <c r="C490" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="D490" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="E490" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" s="1">
-        <v>1292</v>
+        <v>1243</v>
       </c>
       <c r="B491">
         <v>2019</v>
       </c>
       <c r="C491" t="s">
-        <v>1364</v>
+        <v>1360</v>
       </c>
       <c r="D491" t="s">
         <v>1365</v>
       </c>
       <c r="E491" t="s">
         <v>1366</v>
-      </c>
-[...882 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">