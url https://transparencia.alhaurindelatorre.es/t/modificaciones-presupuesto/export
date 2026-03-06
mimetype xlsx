--- v1 (2026-02-11)
+++ v2 (2026-03-06)
@@ -12,4151 +12,4226 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1392">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
-    <t>27-01-2025</t>
+    <t>30-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771250038EXPEDIENTE_2024_MC-00009.pdf , </t>
+  </si>
+  <si>
+    <t>29-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771250010EXPEDIENTE_2024_MC-00008.pdf , </t>
+  </si>
+  <si>
+    <t>17-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771249954EXPEDIENTE_2024_MC-00006.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771249982EXPEDIENTE_2024_MC-00007.pdf , </t>
+  </si>
+  <si>
+    <t>15-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771249919EXPEDIENTE_2024_MC-00005.pdf , </t>
+  </si>
+  <si>
+    <t>11-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771249893EXPEDIENTE_2024_MC-00004.pdf , </t>
+  </si>
+  <si>
+    <t>09-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771249865EXPEDIENTE_2024_MC-00003.pdf , </t>
+  </si>
+  <si>
+    <t>08-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771249832EXPEDIENTE_2024_MC-00002.pdf , </t>
+  </si>
+  <si>
+    <t>03-01-2024</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2024_MC-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1771249801EXPEDIENTE_2024_MC-00001.pdf , </t>
+  </si>
+  <si>
+    <t>12-12-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00106</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756376170expediente2023mc-00106.pdf , </t>
+  </si>
+  <si>
+    <t>30-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756376149expediente2023mc-00105.pdf , </t>
+  </si>
+  <si>
+    <t>28-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756376030expediente2023mc-00102.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756376066expediente2023mc-00103.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756376118expediente2023mc-00104.pdf , </t>
+  </si>
+  <si>
+    <t>23-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375996expediente2023mc-00101.pdf , </t>
+  </si>
+  <si>
+    <t>22-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375937expediente2023mc-00099.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375972expediente2023mc-00100.pdf , </t>
+  </si>
+  <si>
+    <t>20-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375903expediente2023mc-00098-3.pdf , </t>
+  </si>
+  <si>
+    <t>14-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375876expediente2023mc-00097.pdf , </t>
+  </si>
+  <si>
+    <t>10-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375849expediente2023mc-00096.pdf , </t>
+  </si>
+  <si>
+    <t>09-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375810expediente2023mc-00095.pdf , </t>
+  </si>
+  <si>
+    <t>08-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375761expediente2023mc-00093.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375784expediente2023mc-00094.pdf , </t>
+  </si>
+  <si>
+    <t>06-11-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375666expediente2023mc-00091.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375697expediente2023mc-00092.pdf , </t>
+  </si>
+  <si>
+    <t>31-10-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375638expediente2023mc-00090.pdf , </t>
+  </si>
+  <si>
+    <t>27-10-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375611expediente2023mc-00089.pdf , </t>
+  </si>
+  <si>
+    <t>26-10-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375550expediente2023mc-00087.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375578expediente2023mc-00088.pdf , </t>
+  </si>
+  <si>
+    <t>23-10-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375518expediente2023mc-00086.pdf , </t>
+  </si>
+  <si>
+    <t>19-10-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375483expediente2023mc-00085.pdf , </t>
+  </si>
+  <si>
+    <t>16-10-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375452expediente2023mc-00084.pdf , </t>
+  </si>
+  <si>
+    <t>02-10-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375351expediente2023mc-00081.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375384expediente2023mc-00082.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375409expediente2023mc-00083.pdf , </t>
+  </si>
+  <si>
+    <t>28-09-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375292expediente2023mc-00079.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375314expediente2023mc-00080.pdf , </t>
+  </si>
+  <si>
+    <t>21-09-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375262expediente2023mc-00078.pdf , </t>
+  </si>
+  <si>
+    <t>14-09-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375230expediente2023mc-00077.pdf , </t>
+  </si>
+  <si>
+    <t>13-09-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375168expediente2023mc-00075.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375194expediente2023mc-00076.pdf , </t>
+  </si>
+  <si>
+    <t>12-09-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375143expediente2023mc-00074.pdf , </t>
+  </si>
+  <si>
+    <t>06-09-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375117expediente2023mc-00073.pdf , </t>
+  </si>
+  <si>
+    <t>31-08-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375090expediente2023mc-00072.pdf , </t>
+  </si>
+  <si>
+    <t>25-08-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375064expediente2023mc-00071.pdf , </t>
+  </si>
+  <si>
+    <t>24-08-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756375028expediente2023mc-00070.pdf , </t>
+  </si>
+  <si>
+    <t>16-08-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374970expediente2023mc-00068.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374994expediente2023mc-00069.pdf , </t>
+  </si>
+  <si>
+    <t>11-08-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374926expediente2023mc-00067.pdf , </t>
+  </si>
+  <si>
+    <t>04-08-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374871expediente2023mc-00065.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374901expediente2023mc-00066.pdf , </t>
+  </si>
+  <si>
+    <t>01-08-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374842expediente2023mc-00064.pdf , </t>
+  </si>
+  <si>
+    <t>26-07-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374771expediente2023mc-00062.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374812expediente2023mc-00063.pdf , </t>
+  </si>
+  <si>
+    <t>21-07-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374738expediente2023mc-00061.pdf , </t>
+  </si>
+  <si>
+    <t>20-07-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374703expediente2023mc-00060.pdf , </t>
+  </si>
+  <si>
+    <t>17-07-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374647expediente2023mc-00059.pdf , </t>
+  </si>
+  <si>
+    <t>07-07-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374618expediente2023mc-00058.pdf , </t>
+  </si>
+  <si>
+    <t>05-07-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374587expediente2023mc-00057.pdf , </t>
+  </si>
+  <si>
+    <t>04-07-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374527expediente2023mc-00055.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374557expediente2023mc-00056.pdf , </t>
+  </si>
+  <si>
+    <t>29-06-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374502expediente2023mc-00054.pdf , </t>
+  </si>
+  <si>
+    <t>23-06-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374468expediente2023mc-00053.pdf , </t>
+  </si>
+  <si>
+    <t>22-06-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374411expediente2023mc-00051.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374438expediente2023mc-00052.pdf , </t>
+  </si>
+  <si>
+    <t>19-06-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374093expediente2023mc-00049.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374122expediente2023mc-00050.pdf , </t>
+  </si>
+  <si>
+    <t>16-06-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374018expediente2023mc-00047.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756374067expediente2023mc-00048.pdf , </t>
+  </si>
+  <si>
+    <t>14-06-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373937expediente2023mc-00045.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373988expediente2023mc-00046-1.pdf , </t>
+  </si>
+  <si>
+    <t>08-06-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373903expediente2023mc-00044.pdf , </t>
+  </si>
+  <si>
+    <t>25-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373874expediente2023mc-00043.pdf , </t>
+  </si>
+  <si>
+    <t>24-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373846expediente2023mc-00042.pdf , </t>
+  </si>
+  <si>
+    <t>18-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373776expediente2023mc-00040.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373809expediente2023mc-00041.pdf , </t>
+  </si>
+  <si>
+    <t>17-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373736expediente2023mc-00039.pdf , </t>
+  </si>
+  <si>
+    <t>16-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373618expediente2023mc-00037.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756373661expediente2023mc-00038.pdf , </t>
+  </si>
+  <si>
+    <t>15-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756300118expediente2023mc-00036.pdf , </t>
+  </si>
+  <si>
+    <t>12-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756300066expediente2023mc-00035.pdf , </t>
+  </si>
+  <si>
+    <t>11-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756299961expediente2023mc-00034.pdf , </t>
+  </si>
+  <si>
+    <t>09-05-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756299215expediente2023mc-00031.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756299585expediente2023mc-00032.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756299736expediente2023mc-00033.pdf , </t>
+  </si>
+  <si>
+    <t>28-04-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756299177expediente2023mc-00030.pdf , </t>
+  </si>
+  <si>
+    <t>27-04-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756299140expediente2023mc-00029.pdf , </t>
+  </si>
+  <si>
+    <t>24-04-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756299066expediente2023mc-00028.pdf , </t>
+  </si>
+  <si>
+    <t>14-04-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298910expediente2023mc-00027.pdf , </t>
+  </si>
+  <si>
+    <t>10-04-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298878expediente2023mc-00026.pdf , </t>
+  </si>
+  <si>
+    <t>29-03-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298842expediente2023mc-00025.pdf , </t>
+  </si>
+  <si>
+    <t>27-03-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298810expediente2023mc-00024.pdf , </t>
+  </si>
+  <si>
+    <t>20-03-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298767expediente2023mc-00023.pdf , </t>
+  </si>
+  <si>
+    <t>17-03-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298454expediente2023mc-00021.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298495expediente2023mc-00022.pdf , </t>
+  </si>
+  <si>
+    <t>14-03-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298419expediente2023mc-00020.pdf , </t>
+  </si>
+  <si>
+    <t>06-03-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298387expediente2023mc-00019.pdf , </t>
+  </si>
+  <si>
+    <t>27-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298348expediente2023mc-00018.pdf , </t>
+  </si>
+  <si>
+    <t>23-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298299expediente2023mc-00017.pdf , </t>
+  </si>
+  <si>
+    <t>22-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298260expediente2023mc-00016.pdf , </t>
+  </si>
+  <si>
+    <t>13-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756298227expediente2023mc-00015.pdf , </t>
+  </si>
+  <si>
+    <t>10-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297736expediente2023mc-00014.pdf , </t>
+  </si>
+  <si>
+    <t>06-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756297582expediente2023mc-00013.pdf , </t>
+  </si>
+  <si>
+    <t>03-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297530expediente2023mc-00012.pdf , </t>
+  </si>
+  <si>
+    <t>02-02-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297455expediente2023mc-00011.pdf , </t>
+  </si>
+  <si>
+    <t>27-01-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297244expediente2023mc-00010.pdf , </t>
+  </si>
+  <si>
+    <t>25-01-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297123expediente2023mc-00008.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297168expediente2023mc-00009.pdf , </t>
+  </si>
+  <si>
+    <t>18-01-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297036expediente2023mc-00006.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297078expediente2023mc-00007.pdf , </t>
+  </si>
+  <si>
+    <t>11-01-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296818expediente2023mc-00002.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296888expediente2023mc-00003.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296961expediente2023mc-00004.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756297002expediente2023mc-00005.pdf , </t>
+  </si>
+  <si>
+    <t>03-01-2023</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2023_MC-00001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296776expediente2023mc-00001.pdf , </t>
+  </si>
+  <si>
+    <t>29-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296282expediente2022mc-00103.pdf , </t>
+  </si>
+  <si>
+    <t>28-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296195expediente2022mc-00102.pdf , </t>
+  </si>
+  <si>
+    <t>23-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296158expediente2022mc-00101.pdf , </t>
+  </si>
+  <si>
+    <t>21-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296115expediente2022mc-00100.pdf , </t>
+  </si>
+  <si>
+    <t>16-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756296054expediente2022mc-00099.pdf , </t>
+  </si>
+  <si>
+    <t>15-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295954expediente2022mc-00098.pdf , </t>
+  </si>
+  <si>
+    <t>09-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295894expediente2022mc-00097.pdf , </t>
+  </si>
+  <si>
+    <t>07-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295782expediente2022mc-00096.pdf , </t>
+  </si>
+  <si>
+    <t>05-12-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295684expediente2022mc-00094.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295724expediente2022mc-00095.pdf , </t>
+  </si>
+  <si>
+    <t>28-11-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295558expediente2022mc-00092.pdf , </t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00093-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295593expte.-mc-00093-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>24-11-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295523expediente2022mc-00091.pdf , </t>
+  </si>
+  <si>
+    <t>23-11-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295487expediente2022mc-00090.pdf , </t>
+  </si>
+  <si>
+    <t>18-11-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295452expediente2022mc-00089.pdf , </t>
+  </si>
+  <si>
+    <t>16-11-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295369expediente2022mc-00087.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295423expediente2022mc-00088.pdf , </t>
+  </si>
+  <si>
+    <t>14-11-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295827expediente2022mc-00086.pdf , </t>
+  </si>
+  <si>
+    <t>07-11-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295313expediente2022mc-00085.pdf , </t>
+  </si>
+  <si>
+    <t>31-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295273expediente2022mc-00084.pdf , </t>
+  </si>
+  <si>
+    <t>28-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295239expediente2022mc-00083.pdf , </t>
+  </si>
+  <si>
+    <t>27-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295028expediente2022mc-00081.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756295070expediente2022mc-00082.pdf , </t>
+  </si>
+  <si>
+    <t>25-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294991expediente2022mc-00080.pdf , </t>
+  </si>
+  <si>
+    <t>24-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294958expediente2022mc-00079.pdf , </t>
+  </si>
+  <si>
+    <t>21-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294923expediente2022mc-00078.pdf , </t>
+  </si>
+  <si>
+    <t>20-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294881expediente2022mc-00077.pdf , </t>
+  </si>
+  <si>
+    <t>18-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294798expediente2022mc-00076.pdf , </t>
+  </si>
+  <si>
+    <t>14-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294754expediente2022mc-00075.pdf , </t>
+  </si>
+  <si>
+    <t>06-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294716expediente2022mc-00074.pdf , </t>
+  </si>
+  <si>
+    <t>04-10-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294655expediente2022mc-00073.pdf , </t>
+  </si>
+  <si>
+    <t>21-09-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294615expediente2022mc-00072.pdf , </t>
+  </si>
+  <si>
+    <t>16-09-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294582expediente2022mc-00071.pdf , </t>
+  </si>
+  <si>
+    <t>15-09-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294493expediente2022mc-00069.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294545expediente2022mc-00070.pdf , </t>
+  </si>
+  <si>
+    <t>12-09-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294462expediente2022mc-00068.pdf , </t>
+  </si>
+  <si>
+    <t>05-09-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294380expediente2022mc-00066.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294430expediente2022mc-00067.pdf , </t>
+  </si>
+  <si>
+    <t>31-08-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294350expediente2022mc-00065.pdf , </t>
+  </si>
+  <si>
+    <t>29-08-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294297expediente2022mc-00064.pdf , </t>
+  </si>
+  <si>
+    <t>09-08-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294179expediente2022mc-00062.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294224expediente2022mc-00063.pdf , </t>
+  </si>
+  <si>
+    <t>02-08-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294140expediente2022mc-00061.pdf , </t>
+  </si>
+  <si>
+    <t>01-08-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294103expediente2022mc-00060.pdf , </t>
+  </si>
+  <si>
+    <t>28-07-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294070expediente2022mc-00059.pdf , </t>
+  </si>
+  <si>
+    <t>27-07-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293985expediente2022mc-00057.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756294019expediente2022mc-00058.pdf , </t>
+  </si>
+  <si>
+    <t>19-07-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293955expediente2022mc-00056.pdf , </t>
+  </si>
+  <si>
+    <t>13-07-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293828expediente2022mc-00054.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293900expediente2022mc-00055.pdf , </t>
+  </si>
+  <si>
+    <t>05-07-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293794expediente2022mc-00053.pdf , </t>
+  </si>
+  <si>
+    <t>28-06-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293760expediente2022mc-00052.pdf , </t>
+  </si>
+  <si>
+    <t>17-06-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293276expediente2022mc-00050.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293720expediente2022mc-00051.pdf , </t>
+  </si>
+  <si>
+    <t>14-06-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293245expediente2022mc-00049.pdf , </t>
+  </si>
+  <si>
+    <t>03-06-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293209expediente2022mc-00048.pdf , </t>
+  </si>
+  <si>
+    <t>01-06-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293157expediente2022mc-00047.pdf , </t>
+  </si>
+  <si>
+    <t>31-05-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293121expediente2022mc-00046.pdf , </t>
+  </si>
+  <si>
+    <t>26-05-2022</t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293083expediente2022mc-00045.pdf , </t>
+  </si>
+  <si>
+    <t>23-05-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXPTE. MC 00043-2022 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756292994expte.-mc-00043-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>EXPEDIENTE_2022_MC-00044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756293039expediente2022mc-00044.pdf , </t>
+  </si>
+  <si>
+    <t>17-05-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00042-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756292935expte.-mc-00042-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>06-05-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00041-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756292884expte.-mc-00041-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>04-05-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00040-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291577expte.-mc-00040-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>29-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00039-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291509expte.-mc-00039-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>27-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00038-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291468expte.-mc-00038-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>26-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00037-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291430expte.-mc-00037-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>22-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00036-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291398expte.-mc-00036-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>20-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00035-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291336expte.-mc-00035-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>13-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00034-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291300expte.-mc-00034-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>06-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00033-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291259expte.-mc-00033-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>04-04-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00031-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291192expte.-mc-00031-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00032-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291227expte.-mc-00032-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>30-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00030-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291144expte.-mc-00030-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>29-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00029-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291097expte.-mc-00029-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>24-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00028-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291055expte.-mc-00028-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>23-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00027-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756291006expte.-mc-00027-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>22-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00026-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290921expte.-mc-00026-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>21-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00025-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290820expte.-mc-00025-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>10-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00024-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290704expte.-mc-00024-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>09-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00023-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290656expte.-mc-00023-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>08-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00022-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290599expte.-mc-00022-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>07-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00021-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290559expte.-mc-00021-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>01-03-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00020-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290521expte.-mc-00020-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>25-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00019-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290438expte.-mc-00019-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>23-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00018-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290382expte.-mc-00018-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>22-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00016-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290305expte.-mc-00016-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00017-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290343expte.-mc-00017-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>21-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00015-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290268expte.-mc-00015-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>14-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00014-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290194expte.-mc-00014-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>11-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00012-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290062expte.-mc-00012-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00013-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756290102expte.-mc-00013-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>10-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00011-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289978expte.-mc-00011-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>08-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00010-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289942expte.-mc-00010-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>04-02-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00009-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289906expte.-mc-00009-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>26-01-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00008-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289867expte.-mc-00008-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>21-01-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00007-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289826expte.-mc-00007-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>19-01-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00005-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289745expte.-mc-00005-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00006-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289777expte.-mc-00006-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>17-01-2022</t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00003-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289613expte.-mc-00003-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>EXPTE. MC 00004-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289702expte.-mc-00004-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>14-01-2022</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 002/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289486expte.-mc-00002-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>10-01-2022</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 001/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756289425expte.-mc-00001-2022-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>27-12-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 108/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288778expte.-mc-00108-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>22-12-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 107/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288738expte.-mc-00107-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>09-12-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 106/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288696expte.-mc-00106-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>02-12-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 105/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288662expte.-mc-00105-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>01-12-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 102/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288544expte.-mc-00102-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 103/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288579expte.-mc-00103-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 104/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288622expte.-mc-00104-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>25-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 101/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288458expte.-mc-00101-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>24-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 100/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288415expte.-mc-00100-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>23-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 099/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288377expte.-mc-00099-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>19-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 098/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288343expte.-mc-00098-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>16-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 097/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288305expte.-mc-00097-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>15-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 096/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288268expte.-mc-00096-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>11-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 095/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288224expte.-mc-00095-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>09-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 094/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288188expte.-mc-00094-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>05-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 092/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756287280expte.-mc-00092-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 093/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756288135expte.-mc-00093-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>03-11-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 091/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756287239expte.-mc-00091-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>29-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 090/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756287187expte.-mc-00090-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>27-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 088/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756287102expte.-mc-00088-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 089/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756287150expte.-mc-00089-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>25-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 087/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286989expte.-mc-00087-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>21-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 086/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286917expte.-mc-00086-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>11-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 085/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286879expte.-mc-00085-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>08-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 083/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286749expte.-mc-00083-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 084/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286839expte.-mc-00084-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>06-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 082/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286706expte.-mc-00082-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>05-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 081/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286645expte.-mc-00081-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>04-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 079/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286565expte.-mc-00079-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 080/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286603expte.-mc-00080-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>01-10-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 078/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286501expte.-mc-00078-2021.pdf , </t>
+  </si>
+  <si>
+    <t>27-09-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 077/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286465expte.-mc-00077-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>21-09-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 076/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286417expte.-mc-00076-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>20-09-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 075/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286383expte.-mc-00075-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>13-09-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 074/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286346expte.-mc-00074-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>01-09-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 073/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286313expte.-mc-00073-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>31-08-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 072/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286264expte.-mc-00072-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>26-08-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 070/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286180expte.-mc-00070-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 071/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286212expte.-mc-00071-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>24-08-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 069/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286146expte.-mc-00069-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>10-08-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 068/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286112expte.-mc-00068-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>09-08-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 067/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286034expte.-mc-000067-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>05-08-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 066/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756286003expte.-mc-000066-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>02-08-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 064/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285898expte.-mc-000064-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 065/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285968expte.-mc-000065-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>29-07-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 063/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285859expte.-mc-000063-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>28-07-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 062/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285628expte.-mc-000062-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>20-07-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 060/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285559expte.-mc-000060-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 061/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285590expte.-mc-000061-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>14-07-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 059/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285527expte.-mc-000059-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>13-07-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 056/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285422expte.-mc-000056-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 057/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285463expte.-mc-000057-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 058/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285498expte.-mc-000058-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>07-07-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 054/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285353expte.-mc-000054-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 055/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285385expte.-mc-000055-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>01-07-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 053/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285314expte.-mc-000053-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>29-06-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 051/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285190expte.-mc-000051-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 052/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756285248expte.-mc-000052-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>23-06-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 050/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284853expte.-mc-000050-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>22-06-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 048/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284745expte.-mc-000048-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 049/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284812expte.-mc-000049-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>10-06-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 047/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284713expte.-mc-000047-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>03-06-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 046/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284651expte.-mc-000045-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>31-05-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 044/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284613expte.-mc-000044-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 045/2021</t>
+  </si>
+  <si>
+    <t>20-05-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 043/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284579expte.-mc-000043-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>19-05-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 041/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284481expte.-mc-000041-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 042/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284546expte.-mc-000042-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>13-05-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 039/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284339expte.-mc-000039-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 040/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284368expte.-mc-000040-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>05-05-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 038/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284289expte.-mc-000038-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>03-05-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 036/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284199expte.-mc-000036-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 037/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284255expte.-mc-000037-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>29-04-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 035/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284153expte.-mc-000035-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>23-04-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 034/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284066expte.-mc-000034-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>20-04-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 033/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756284033expte.-mc-000033-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>14-04-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 032/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283998expte.-mc-000032-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>12-04-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 031/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283965expte.-mc-000031-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>26-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 030/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283937expte.-mc-000030-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>25-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 029/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283900expte.-mc-000029-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>24-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 028/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283863expte.-mc-000028-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>22-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 027/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283779expte.-mc-000027-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>18-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 026/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283744expte.-mc-000026-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>10-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 024/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283640expte.-mc-000024-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 025/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283714expte.-mc-000025-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>09-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 023/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283543expte.-mc-000023-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>05-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 022/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283471expte.-mc-000022-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>02-03-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 020/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756282157expte.-mc-000020-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 021/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756283349expte.-mc-000021-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>10-02-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 019/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756282125expte.-mc-000019-2021-pdf-c.pdf , </t>
+  </si>
+  <si>
+    <t>09-02-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 018/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756282055expte.-mc-000018-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>08-02-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 017/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756282023expte.-mc-000017-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>04-02-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 016/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281989expte.-mc-000016-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>03-02-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 015/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281961expte.-mc-000015-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>28-01-2021</t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 014/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281929expte.-mc-000014-2021-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>27-01-2021</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 012/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281858expte.-mc-000012-2021-pdf.pdf , </t>
-[...2543 lines deleted...]
-    <t>27-01-2021</t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281858expte.-mc-000012-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 013/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281891expte.-mc-000013-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281891expte.-mc-000013-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>25-01-2021</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 009/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281509expte.-mc-00009-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281509expte.-mc-00009-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 010/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281539expte.-mc-000010-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281539expte.-mc-000010-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 011/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281816expte.-mc-000011-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281816expte.-mc-000011-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>19-01-2021</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 006/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281418expte.-mc-00006-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281418expte.-mc-00006-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 007/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281450expte.-mc-00007-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281450expte.-mc-00007-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 008/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281482expte.-mc-00008-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281482expte.-mc-00008-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>13-01-2021</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 004/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281345expte.-mc-00004-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281345expte.-mc-00004-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 005/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281380expte.-mc-00005-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281380expte.-mc-00005-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>07-01-2021</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 002/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281271expte.-mc-00002-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281271expte.-mc-00002-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 003/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281308expte.-mc-00003-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281308expte.-mc-00003-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>04-01-2021</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 001/2021</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756281218expte.-mc-00001-2021-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756281218expte.-mc-00001-2021-pdf.pdf , </t>
   </si>
   <si>
     <t>21-12-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 091/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205999mc-091-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205999mc-091-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 092/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756206035mc-092-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756206035mc-092-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>15-12-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 090/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205964mc-090-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205964mc-090-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>14-12-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 088/2020</t>
   </si>
   <si>
     <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205895mc-088-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 089/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205931mc-089-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205931mc-089-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>11-12-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 087/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205870mc-087-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205870mc-087-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>10-12-2020</t>
   </si>
   <si>
-    <t>https://alhaurin.ogovsystem.com/storage/uploads/1756205823mc-086-2020-pdf.pdf</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205844mc-086-2020-pdf.pdf , </t>
+    <t>MODIFICACION DE CREDITOS Nº 086/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205844mc-086-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>27-11-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 085/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205783mc-085-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205783mc-085-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>23-11-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 084/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205749mc-084-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205749mc-084-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>16-11-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 083/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205714mc-083-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205714mc-083-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>13-11-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 082/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205679mc-082-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205679mc-082-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>04-11-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 081/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205645mc-081-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205645mc-081-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>26-10-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 079/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205570mc-079-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205570mc-079-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 080/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205612md-080-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205612md-080-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>23-10-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 078/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205543mc-078-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205543mc-078-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>22-10-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 077/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205504mc-077-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205504mc-077-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>16-10-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 076/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205460mc-076-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205460mc-076-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>13-10-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 075/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205412mc-075-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205412mc-075-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>07-10-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 074/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205379mc-074-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205379mc-074-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>06-10-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 072/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205304mc-072-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205304mc-072-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 073/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205340mc-073-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205340mc-073-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>30-09-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 070/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205181mc-070-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205181mc-070-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 071/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205216mc-071-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205216mc-071-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>21-09-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 069/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205142mc-069-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205142mc-069-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>15-09-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 068/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205110mc-068-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205110mc-068-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>14-09-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 064/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204937mc-064-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204937mc-064-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 065/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204982mc-065-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204982mc-065-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 066/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205014mc-066-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205014mc-066-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 067/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756205065mc-067-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756205065mc-067-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>10-09-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 063/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204869mc-063-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204869mc-063-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>03-09-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 060/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204681mc-060-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204681mc-060-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 061/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204717mc-061-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204717mc-061-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 062/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204802mc-062-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204802mc-062-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>02-09-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 059/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204647mc-059-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/uploads/1756204647mc-059-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>25-08-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 058/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204601mc-058-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204601mc-058-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>05-08-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 057/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204568mc-057-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204568mc-057-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>04-08-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 056/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204336mc-056-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204336mc-056-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>03-08-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 055/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204289mc-055-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204289mc-055-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>29-07-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 054/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204244mc-054-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204244mc-054-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>14-07-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 053/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204205mc-053-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204205mc-053-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>13-07-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 052/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204143mc-052-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204143mc-052-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>09-07-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 051/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204105mc-051-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204105mc-051-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>26-06-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 050/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204050mc-050-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204050mc-050-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>22-06-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 049/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756204002mc-049-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756204002mc-049-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>17-06-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 048/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203955mc-048-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203955mc-048-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>11-06-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 047/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203905mc-047-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203905mc-047-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>09-06-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 046/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203832mc-046-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203832mc-046-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>02-06-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 045/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203793md-045-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203793md-045-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>28-05-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 044/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203752mc-044-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203752mc-044-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>27-05-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 043/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203715mc-043-220-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203715mc-043-220-pdf.pdf , </t>
   </si>
   <si>
     <t>21-05-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 042/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203669mc-042-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203669mc-042-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>19-05-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 041/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203639mc--041-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203639mc--041-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>14-05-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 038/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203520mc-038-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203520mc-038-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 039/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203559mc-039-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203559mc-039-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>07-05-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 040/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203599mc-040-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203599mc-040-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>01-05-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 037/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203484mc-037-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203484mc-037-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>30-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 035/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203353mc-035-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203353mc-035-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>27-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 034/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203321mc-034-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203321mc-034-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>23-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 036/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203441mc-036-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203441mc-036-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>22-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 033/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203287mc-033-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203287mc-033-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>20-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 032/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203239mc-032-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203239mc-032-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>15-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 031/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203185mc-031-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203185mc-031-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>09-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 030/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203142mc-030-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203142mc-030-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>07-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 029/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203054mc-029-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203054mc-029-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>01-04-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 028/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756203006mc-028-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756203006mc-028-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>26-03-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 027/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202974mc-027-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202974mc-027-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>20-03-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 025/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202901mc-025-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202901mc-025-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 026/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202941mc-026-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202941mc-026-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>19-03-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 024/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202861mc-024-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202861mc-024-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>17-03-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 023/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202820mc-023-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202820mc-023-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>05-03-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 022/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202786mc-022-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202786mc-022-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>04-03-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 021/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202743mc-021-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202743mc-021-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>02-03-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 020/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202680mc-020-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202680mc-020-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>21-02-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 018/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202606mc-018-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202606mc-018-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 019/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202645mc-019-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202645mc-019-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>20-02-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 017/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202575mc-017-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202575mc-017-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>19-02-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 016/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202538mc-016-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202538mc-016-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>10-02-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 013/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202388mc-013-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202388mc-013-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 014/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202426mc-014-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202426mc-014-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 015/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202461mc-015-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202461mc-015-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>07-02-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 012/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202362mc-012-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202362mc-012-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>31-01-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 009/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202253mc-009-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202253mc-009-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 010/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202288mc-010-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202288mc-010-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 011/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202331mc-011-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202331mc-011-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>30-01-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 007/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202146mc-007-2020-pdf.pdf , </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202204mc-008-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202146mc-007-2020-pdf.pdf , </t>
+  </si>
+  <si>
+    <t>MODIFICACION DE CREDITOS Nº 008/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202204mc-008-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>09-01-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 002/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756202032mc-002-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756202032mc-002-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>07-01-2020</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 001/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201997mc-001-2020-pdf.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201997mc-001-2020-pdf.pdf , </t>
   </si>
   <si>
     <t>27-12-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 084/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201799decreto-n-2019-7446-de-27-12-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201799decreto-n-2019-7446-de-27-12-2019.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 085/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201823decreto-n-2019-7447-de-27-12-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201823decreto-n-2019-7447-de-27-12-2019.pdf , </t>
   </si>
   <si>
     <t>26-12-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 086/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201869decreto-n-2019-7442-de-26-12-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201869decreto-n-2019-7442-de-26-12-2019.pdf , </t>
   </si>
   <si>
     <t>12-12-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 071/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201373edicto-n-8844-2019-de-12-12-2019-aprob.-definitiva.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201373edicto-n-8844-2019-de-12-12-2019-aprob.-definitiva.pdf , </t>
   </si>
   <si>
     <t>11-12-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 083/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201767decreto-n-2019-7120-de-11-12-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201767decreto-n-2019-7120-de-11-12-2019.pdf , </t>
   </si>
   <si>
     <t>03-12-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 082/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201732decreto-n-2019-6800-de-03-12-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201732decreto-n-2019-6800-de-03-12-2019.pdf , </t>
   </si>
   <si>
     <t>26-11-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 081/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201704decreto-n-2019-6668-de-26-11-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201704decreto-n-2019-6668-de-26-11-2019.pdf , </t>
   </si>
   <si>
     <t>25-11-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 080/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201656decreto-n-2019-6614-de-25-11-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201656decreto-n-2019-6614-de-25-11-2019.pdf , </t>
   </si>
   <si>
     <t>21-11-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 079/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201634decreto-n-2019-6520-de-21-11-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201634decreto-n-2019-6520-de-21-11-2019.pdf , </t>
   </si>
   <si>
     <t>15-11-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 078/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201602decreto-n-2019-6339-de-15-11-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201602decreto-n-2019-6339-de-15-11-2019.pdf , </t>
   </si>
   <si>
     <t>12-11-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 076/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201540decreto-n-2019-6299-de-12-11-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201540decreto-n-2019-6299-de-12-11-2019.pdf , </t>
   </si>
   <si>
     <t>07-11-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 077/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201569decreto-n-2019-6157-de-07-11-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201569decreto-n-2019-6157-de-07-11-2019.pdf , </t>
   </si>
   <si>
     <t>05-11-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 075/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201507decreto-n-2019-6050-de-05-11-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201507decreto-n-2019-6050-de-05-11-2019.pdf , </t>
   </si>
   <si>
     <t>31-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 054/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200824decreto-n-2019-6004-de-31-10-2019-rect..pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200824decreto-n-2019-6004-de-31-10-2019-rect..pdf , </t>
   </si>
   <si>
     <t>30-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 074/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201468decreto-n-2019-5999-de-30-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201468decreto-n-2019-5999-de-30-10-2019.pdf , </t>
   </si>
   <si>
     <t>29-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 066/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201234decreto-n-2019-5984-de-29-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201234decreto-n-2019-5984-de-29-10-2019.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 070/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201342decreto-n-2019-5982-de-29-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201342decreto-n-2019-5982-de-29-10-2019.pdf , </t>
   </si>
   <si>
     <t>22-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 065/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201205decreto-n-2019-5843-de-22-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201205decreto-n-2019-5843-de-22-10-2019.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 073/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201442decreto-n-2019-5844-de-22-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201442decreto-n-2019-5844-de-22-10-2019.pdf , </t>
   </si>
   <si>
     <t>18-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 072/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201405decreto-n-2019-5705-de-18-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201405decreto-n-2019-5705-de-18-10-2019.pdf , </t>
   </si>
   <si>
     <t>09-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 064/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201177decreto-n-2019-5552-de-09-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201177decreto-n-2019-5552-de-09-10-2019.pdf , </t>
   </si>
   <si>
     <t>08-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 068/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201310decreto-n-2019-5531-de-08-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201310decreto-n-2019-5531-de-08-10-2019.pdf , </t>
   </si>
   <si>
     <t>07-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 067/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201271decreto-n-2019-5510-de-07-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201271decreto-n-2019-5510-de-07-10-2019.pdf , </t>
   </si>
   <si>
     <t>03-10-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 055/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200859decreto-n-2019-5432-de-03-10-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200859decreto-n-2019-5432-de-03-10-2019.pdf , </t>
   </si>
   <si>
     <t>23-09-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 063/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201146decreto-n-2019-5187-de-23-09-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201146decreto-n-2019-5187-de-23-09-2019.pdf , </t>
   </si>
   <si>
     <t>20-09-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 061/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201080acuerdo-pleno-20-09-2019-punto-n-13.1.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201080acuerdo-pleno-20-09-2019-punto-n-13.1.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 062/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201107acuerdo-pleno-20-09-2019-punto-13.2.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201107acuerdo-pleno-20-09-2019-punto-13.2.pdf , </t>
   </si>
   <si>
     <t>13-09-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 060/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201045decreto-n-2019-5035-de-13-09-2019-rect..pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201045decreto-n-2019-5035-de-13-09-2019-rect..pdf , </t>
   </si>
   <si>
     <t>05-09-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 058/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200981decreto-n-2019-4894-de-05-09-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200981decreto-n-2019-4894-de-05-09-2019.pdf , </t>
   </si>
   <si>
     <t>22-08-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 059/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756201013decreto-n-2019-4720-de-22-08-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756201013decreto-n-2019-4720-de-22-08-2019.pdf , </t>
   </si>
   <si>
     <t>20-08-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 057/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200953decreto-n-2019-4659-de-20-08-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200953decreto-n-2019-4659-de-20-08-2019.pdf , </t>
   </si>
   <si>
     <t>14-08-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 053/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200796decreto-n-2019-4607-de-14-08-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200796decreto-n-2019-4607-de-14-08-2019.pdf , </t>
   </si>
   <si>
     <t>08-08-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 056/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200925decreto-n-2019-4488-de-08-08-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200925decreto-n-2019-4488-de-08-08-2019.pdf , </t>
   </si>
   <si>
     <t>26-07-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 051/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200728decreto-n-2019-4145-de-26-07-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200728decreto-n-2019-4145-de-26-07-2019.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 052/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200764decreto-n-2019-4146-de-26-07-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200764decreto-n-2019-4146-de-26-07-2019.pdf , </t>
   </si>
   <si>
     <t>19-07-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 050/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200691acuerdo-pleno-19-07-2019-punto-1.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200691acuerdo-pleno-19-07-2019-punto-1.pdf , </t>
   </si>
   <si>
     <t>08-07-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 048/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200606decreto-n-2019-3871-de-08-07-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200606decreto-n-2019-3871-de-08-07-2019.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 049/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200635decreto-n-2019-3872-de-08-07-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200635decreto-n-2019-3872-de-08-07-2019.pdf , </t>
   </si>
   <si>
     <t>28-06-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 047/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200544decreto-n-2019-3661-de-28-06-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200544decreto-n-2019-3661-de-28-06-2019.pdf , </t>
   </si>
   <si>
     <t>20-06-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 046/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200506decreto-n-2019-3531-de-20-06-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200506decreto-n-2019-3531-de-20-06-2019.pdf , </t>
   </si>
   <si>
     <t>10-06-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 044/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200425decreto-n-2019-3233-de-10-06-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200425decreto-n-2019-3233-de-10-06-2019.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 045/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200467decreto-n-2019-3232-de-10-06-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200467decreto-n-2019-3232-de-10-06-2019.pdf , </t>
   </si>
   <si>
     <t>08-06-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 043/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200401decreto-n-2019-3164-de-08-06-2019.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200401decreto-n-2019-3164-de-08-06-2019.pdf , </t>
   </si>
   <si>
     <t>03-06-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 042/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200366decreto%20(35).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200366decreto%20(35).pdf , </t>
   </si>
   <si>
     <t>27-05-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 041/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200334decreto%20(34).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200334decreto%20(34).pdf , </t>
   </si>
   <si>
     <t>20-05-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 040/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200306decreto%20(33).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200306decreto%20(33).pdf , </t>
   </si>
   <si>
     <t>14-05-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 038/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200246decreto%20(31).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200246decreto%20(31).pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 039/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200276decreto%20(32).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200276decreto%20(32).pdf , </t>
   </si>
   <si>
     <t>10-05-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 037/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200104acuerdo-de-pleno%20(2).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200104acuerdo-de-pleno%20(2).pdf , </t>
   </si>
   <si>
     <t>30-04-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 019/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199507decreto%20(16).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199507decreto%20(16).pdf , </t>
   </si>
   <si>
     <t>26-04-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 035/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200038decreto%20(29).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200038decreto%20(29).pdf , </t>
   </si>
   <si>
     <t>24-04-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 036/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200072decreto%20(30).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200072decreto%20(30).pdf , </t>
   </si>
   <si>
     <t>17-04-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 034/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756200007decreto%20(28).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756200007decreto%20(28).pdf , </t>
   </si>
   <si>
     <t>16-04-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 033/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199971decreto%20(27).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199971decreto%20(27).pdf , </t>
   </si>
   <si>
     <t>02-04-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 030/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199869decreto%20(24).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199869decreto%20(24).pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 031/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199909decreto%20(25).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199909decreto%20(25).pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 032/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199941decreto%20(26).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199941decreto%20(26).pdf , </t>
   </si>
   <si>
     <t>29-03-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 021/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199579acuerdo-de-pleno.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199579acuerdo-de-pleno.pdf , </t>
   </si>
   <si>
     <t>26-03-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 028/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199806acuerdo-de-pleno%20(1).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199806acuerdo-de-pleno%20(1).pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 029/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199838decreto%20(23).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199838decreto%20(23).pdf , </t>
   </si>
   <si>
     <t>14-03-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 024/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199682decreto%20(20).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199682decreto%20(20).pdf , </t>
   </si>
   <si>
     <t>13-03-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 027/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199755decreto%20(22).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199755decreto%20(22).pdf , </t>
   </si>
   <si>
     <t>08-03-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 026/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199718decreto%20(21).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199718decreto%20(21).pdf , </t>
   </si>
   <si>
     <t>06-03-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 023/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199654decreto%20(19).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199654decreto%20(19).pdf , </t>
   </si>
   <si>
     <t>05-03-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 015/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199350decreto%20(12).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199350decreto%20(12).pdf , </t>
   </si>
   <si>
     <t>21-02-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 018/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199473decreto%20(15).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199473decreto%20(15).pdf , </t>
   </si>
   <si>
     <t>20-02-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 022/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199620decreto%20(18).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199620decreto%20(18).pdf , </t>
   </si>
   <si>
     <t>14-02-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 013/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199283decreto%20(10).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199283decreto%20(10).pdf , </t>
   </si>
   <si>
     <t>11-02-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 020/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199536decreto%20(17).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199536decreto%20(17).pdf , </t>
   </si>
   <si>
     <t>07-02-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 017/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199438decreto%20(14).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199438decreto%20(14).pdf , </t>
   </si>
   <si>
     <t>05-02-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 016/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199402decreto%20(13).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199402decreto%20(13).pdf , </t>
   </si>
   <si>
     <t>01-02-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 014/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199312decreto%20(11).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199312decreto%20(11).pdf , </t>
   </si>
   <si>
     <t>30-01-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 010/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199187decreto%20(7).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199187decreto%20(7).pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 011/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199219decreto%20(8).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199219decreto%20(8).pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 012/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199249decreto%20(9).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199249decreto%20(9).pdf , </t>
   </si>
   <si>
     <t>28-01-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 009/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199150decreto%20(6).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199150decreto%20(6).pdf , </t>
   </si>
   <si>
     <t>25-01-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 008/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199120decreto%20(5).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/uploads/1756199120decreto%20(5).pdf , </t>
   </si>
   <si>
     <t>17-01-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 005/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199014decreto%20(2).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199014decreto%20(2).pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 007/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199089decreto%20(4).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199089decreto%20(4).pdf , </t>
   </si>
   <si>
     <t>15-01-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 006/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756199054decreto%20(3).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756199054decreto%20(3).pdf , </t>
   </si>
   <si>
     <t>10-01-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 004/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756198970decreto%20(1).pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756198970decreto%20(1).pdf , </t>
   </si>
   <si>
     <t>09-01-2019</t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 001/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756198822decreto%201.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756198822decreto%201.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 002/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756198893decreto%202.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756198893decreto%202.pdf , </t>
   </si>
   <si>
     <t>MODIFICACION DE CREDITOS Nº 003/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">https://alhaurin.ogovsystem.com/storage/uploads/1756198930decreto.pdf , </t>
+    <t xml:space="preserve">https://transparencia.alhaurindelatorre.es/storage/uploads/1756198930decreto.pdf , </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4491,8431 +4566,8584 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z491"/>
+  <dimension ref="A1:Z500"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="91" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="43" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="149" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>1424</v>
+        <v>1853</v>
       </c>
       <c r="B2">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1731</v>
+        <v>1852</v>
       </c>
       <c r="B3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1730</v>
+        <v>1850</v>
       </c>
       <c r="B4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1727</v>
+        <v>1851</v>
       </c>
       <c r="B5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>1728</v>
+        <v>1849</v>
       </c>
       <c r="B6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>1729</v>
+        <v>1848</v>
       </c>
       <c r="B7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>1726</v>
+        <v>1847</v>
       </c>
       <c r="B8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>1724</v>
+        <v>1846</v>
       </c>
       <c r="B9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>1725</v>
+        <v>1845</v>
       </c>
       <c r="B10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="B11">
         <v>2023</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>1722</v>
+        <v>1730</v>
       </c>
       <c r="B12">
         <v>2023</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>1721</v>
+        <v>1727</v>
       </c>
       <c r="B13">
         <v>2023</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="B14">
         <v>2023</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>1718</v>
+        <v>1729</v>
       </c>
       <c r="B15">
         <v>2023</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="B16">
         <v>2023</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="B17">
         <v>2023</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="B18">
         <v>2023</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="B19">
         <v>2023</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="B20">
         <v>2023</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="B21">
         <v>2023</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="B22">
         <v>2023</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="B23">
         <v>2023</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="B24">
         <v>2023</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="B25">
         <v>2023</v>
       </c>
       <c r="C25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>1706</v>
+        <v>1717</v>
       </c>
       <c r="B26">
         <v>2023</v>
       </c>
       <c r="C26" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
         <v>72</v>
       </c>
       <c r="E26" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="B27">
         <v>2023</v>
       </c>
       <c r="C27" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="B28">
         <v>2023</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="D28" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="B29">
         <v>2023</v>
       </c>
       <c r="C29" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D29" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E29" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="B30">
         <v>2023</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D30" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E30" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="B31">
         <v>2023</v>
       </c>
       <c r="C31" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D31" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E31" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="B32">
         <v>2023</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>1700</v>
+        <v>1709</v>
       </c>
       <c r="B33">
         <v>2023</v>
       </c>
       <c r="C33" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E33" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="B34">
         <v>2023</v>
       </c>
       <c r="C34" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E34" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>1699</v>
+        <v>1707</v>
       </c>
       <c r="B35">
         <v>2023</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E35" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>1698</v>
+        <v>1708</v>
       </c>
       <c r="B36">
         <v>2023</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>1697</v>
+        <v>1704</v>
       </c>
       <c r="B37">
         <v>2023</v>
       </c>
       <c r="C37" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>1696</v>
+        <v>1705</v>
       </c>
       <c r="B38">
         <v>2023</v>
       </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D38" t="s">
         <v>104</v>
       </c>
       <c r="E38" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="B39">
         <v>2023</v>
       </c>
       <c r="C39" t="s">
         <v>106</v>
       </c>
       <c r="D39" t="s">
         <v>107</v>
       </c>
       <c r="E39" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="B40">
         <v>2023</v>
       </c>
       <c r="C40" t="s">
         <v>109</v>
       </c>
       <c r="D40" t="s">
         <v>110</v>
       </c>
       <c r="E40" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="B41">
         <v>2023</v>
       </c>
       <c r="C41" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="B42">
         <v>2023</v>
       </c>
       <c r="C42" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D42" t="s">
         <v>115</v>
       </c>
       <c r="E42" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="B43">
         <v>2023</v>
       </c>
       <c r="C43" t="s">
         <v>117</v>
       </c>
       <c r="D43" t="s">
         <v>118</v>
       </c>
       <c r="E43" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="B44">
         <v>2023</v>
       </c>
       <c r="C44" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E44" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>1689</v>
+        <v>1697</v>
       </c>
       <c r="B45">
         <v>2023</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="B46">
         <v>2023</v>
       </c>
       <c r="C46" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D46" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="B47">
         <v>2023</v>
       </c>
       <c r="C47" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D47" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E47" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="B48">
         <v>2023</v>
       </c>
       <c r="C48" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E48" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>1685</v>
+        <v>1694</v>
       </c>
       <c r="B49">
         <v>2023</v>
       </c>
       <c r="C49" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D49" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="B50">
         <v>2023</v>
       </c>
       <c r="C50" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>1683</v>
+        <v>1690</v>
       </c>
       <c r="B51">
         <v>2023</v>
       </c>
       <c r="C51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D51" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>1682</v>
+        <v>1691</v>
       </c>
       <c r="B52">
         <v>2023</v>
       </c>
       <c r="C52" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D52" t="s">
         <v>143</v>
       </c>
       <c r="E52" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>1680</v>
+        <v>1689</v>
       </c>
       <c r="B53">
         <v>2023</v>
       </c>
       <c r="C53" t="s">
         <v>145</v>
       </c>
       <c r="D53" t="s">
         <v>146</v>
       </c>
       <c r="E53" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="B54">
         <v>2023</v>
       </c>
       <c r="C54" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>1679</v>
+        <v>1688</v>
       </c>
       <c r="B55">
         <v>2023</v>
       </c>
       <c r="C55" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D55" t="s">
         <v>151</v>
       </c>
       <c r="E55" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="B56">
         <v>2023</v>
       </c>
       <c r="C56" t="s">
         <v>153</v>
       </c>
       <c r="D56" t="s">
         <v>154</v>
       </c>
       <c r="E56" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>1676</v>
+        <v>1685</v>
       </c>
       <c r="B57">
         <v>2023</v>
       </c>
       <c r="C57" t="s">
         <v>156</v>
       </c>
       <c r="D57" t="s">
         <v>157</v>
       </c>
       <c r="E57" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="B58">
         <v>2023</v>
       </c>
       <c r="C58" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D58" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E58" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>1674</v>
+        <v>1683</v>
       </c>
       <c r="B59">
         <v>2023</v>
       </c>
       <c r="C59" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D59" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>1675</v>
+        <v>1682</v>
       </c>
       <c r="B60">
         <v>2023</v>
       </c>
       <c r="C60" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D60" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E60" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="B61">
         <v>2023</v>
       </c>
       <c r="C61" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D61" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E61" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="B62">
         <v>2023</v>
       </c>
       <c r="C62" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D62" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E62" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>1670</v>
+        <v>1679</v>
       </c>
       <c r="B63">
         <v>2023</v>
       </c>
       <c r="C63" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D63" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E63" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>1671</v>
+        <v>1678</v>
       </c>
       <c r="B64">
         <v>2023</v>
       </c>
       <c r="C64" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D64" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E64" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>1669</v>
+        <v>1676</v>
       </c>
       <c r="B65">
         <v>2023</v>
       </c>
       <c r="C65" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D65" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E65" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="B66">
         <v>2023</v>
       </c>
       <c r="C66" t="s">
         <v>179</v>
       </c>
       <c r="D66" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E66" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>1667</v>
+        <v>1674</v>
       </c>
       <c r="B67">
         <v>2023</v>
       </c>
       <c r="C67" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D67" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E67" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>1665</v>
+        <v>1675</v>
       </c>
       <c r="B68">
         <v>2023</v>
       </c>
       <c r="C68" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D68" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E68" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="B69">
         <v>2023</v>
       </c>
       <c r="C69" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D69" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E69" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>1664</v>
+        <v>1673</v>
       </c>
       <c r="B70">
         <v>2023</v>
       </c>
       <c r="C70" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D70" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E70" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>1662</v>
+        <v>1670</v>
       </c>
       <c r="B71">
         <v>2023</v>
       </c>
       <c r="C71" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D71" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E71" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="B72">
         <v>2023</v>
       </c>
       <c r="C72" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D72" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E72" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="B73">
         <v>2023</v>
       </c>
       <c r="C73" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D73" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E73" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>1660</v>
+        <v>1668</v>
       </c>
       <c r="B74">
         <v>2023</v>
       </c>
       <c r="C74" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D74" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E74" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>1659</v>
+        <v>1667</v>
       </c>
       <c r="B75">
         <v>2023</v>
       </c>
       <c r="C75" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D75" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E75" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>1656</v>
+        <v>1665</v>
       </c>
       <c r="B76">
         <v>2023</v>
       </c>
       <c r="C76" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D76" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E76" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="B77">
         <v>2023</v>
       </c>
       <c r="C77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D77" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E77" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>1658</v>
+        <v>1664</v>
       </c>
       <c r="B78">
         <v>2023</v>
       </c>
       <c r="C78" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="D78" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E78" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="B79">
         <v>2023</v>
       </c>
       <c r="C79" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D79" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E79" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>1654</v>
+        <v>1663</v>
       </c>
       <c r="B80">
         <v>2023</v>
       </c>
       <c r="C80" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D80" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E80" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="B81">
         <v>2023</v>
       </c>
       <c r="C81" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D81" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E81" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="B82">
         <v>2023</v>
       </c>
       <c r="C82" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D82" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E82" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>1651</v>
+        <v>1659</v>
       </c>
       <c r="B83">
         <v>2023</v>
       </c>
       <c r="C83" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D83" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E83" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="B84">
         <v>2023</v>
       </c>
       <c r="C84" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D84" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E84" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="B85">
         <v>2023</v>
       </c>
       <c r="C85" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D85" t="s">
         <v>233</v>
       </c>
       <c r="E85" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="B86">
         <v>2023</v>
       </c>
       <c r="C86" t="s">
+        <v>230</v>
+      </c>
+      <c r="D86" t="s">
         <v>235</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>1646</v>
+        <v>1655</v>
       </c>
       <c r="B87">
         <v>2023</v>
       </c>
       <c r="C87" t="s">
+        <v>237</v>
+      </c>
+      <c r="D87" t="s">
         <v>238</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>1647</v>
+        <v>1654</v>
       </c>
       <c r="B88">
         <v>2023</v>
       </c>
       <c r="C88" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D88" t="s">
         <v>241</v>
       </c>
       <c r="E88" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="B89">
         <v>2023</v>
       </c>
       <c r="C89" t="s">
         <v>243</v>
       </c>
       <c r="D89" t="s">
         <v>244</v>
       </c>
       <c r="E89" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="B90">
         <v>2023</v>
       </c>
       <c r="C90" t="s">
         <v>246</v>
       </c>
       <c r="D90" t="s">
         <v>247</v>
       </c>
       <c r="E90" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="B91">
         <v>2023</v>
       </c>
       <c r="C91" t="s">
         <v>249</v>
       </c>
       <c r="D91" t="s">
         <v>250</v>
       </c>
       <c r="E91" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="B92">
         <v>2023</v>
       </c>
       <c r="C92" t="s">
         <v>252</v>
       </c>
       <c r="D92" t="s">
         <v>253</v>
       </c>
       <c r="E92" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="B93">
         <v>2023</v>
       </c>
       <c r="C93" t="s">
         <v>255</v>
       </c>
       <c r="D93" t="s">
         <v>256</v>
       </c>
       <c r="E93" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="B94">
         <v>2023</v>
       </c>
       <c r="C94" t="s">
         <v>258</v>
       </c>
       <c r="D94" t="s">
         <v>259</v>
       </c>
       <c r="E94" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>1639</v>
+        <v>1646</v>
       </c>
       <c r="B95">
         <v>2023</v>
       </c>
       <c r="C95" t="s">
         <v>261</v>
       </c>
       <c r="D95" t="s">
         <v>262</v>
       </c>
       <c r="E95" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>1638</v>
+        <v>1647</v>
       </c>
       <c r="B96">
         <v>2023</v>
       </c>
       <c r="C96" t="s">
+        <v>261</v>
+      </c>
+      <c r="D96" t="s">
         <v>264</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>1637</v>
+        <v>1645</v>
       </c>
       <c r="B97">
         <v>2023</v>
       </c>
       <c r="C97" t="s">
+        <v>266</v>
+      </c>
+      <c r="D97" t="s">
         <v>267</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>1636</v>
+        <v>1644</v>
       </c>
       <c r="B98">
         <v>2023</v>
       </c>
       <c r="C98" t="s">
+        <v>269</v>
+      </c>
+      <c r="D98" t="s">
         <v>270</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="B99">
         <v>2023</v>
       </c>
       <c r="C99" t="s">
+        <v>272</v>
+      </c>
+      <c r="D99" t="s">
         <v>273</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>1633</v>
+        <v>1642</v>
       </c>
       <c r="B100">
         <v>2023</v>
       </c>
       <c r="C100" t="s">
+        <v>275</v>
+      </c>
+      <c r="D100" t="s">
         <v>276</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="B101">
         <v>2023</v>
       </c>
       <c r="C101" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D101" t="s">
         <v>279</v>
       </c>
       <c r="E101" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>1631</v>
+        <v>1640</v>
       </c>
       <c r="B102">
         <v>2023</v>
       </c>
       <c r="C102" t="s">
         <v>281</v>
       </c>
       <c r="D102" t="s">
         <v>282</v>
       </c>
       <c r="E102" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B103">
         <v>2023</v>
       </c>
       <c r="C103" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D103" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E103" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="B104">
         <v>2023</v>
       </c>
       <c r="C104" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D104" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E104" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>1628</v>
+        <v>1637</v>
       </c>
       <c r="B105">
         <v>2023</v>
       </c>
       <c r="C105" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="D105" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="E105" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="B106">
         <v>2023</v>
       </c>
       <c r="C106" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="D106" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="E106" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="B107">
         <v>2023</v>
       </c>
       <c r="C107" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="D107" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="E107" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="B108">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C108" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D108" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E108" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>1625</v>
+        <v>1634</v>
       </c>
       <c r="B109">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C109" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D109" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E109" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="B110">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C110" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D110" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E110" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="B111">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C111" t="s">
         <v>304</v>
       </c>
       <c r="D111" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E111" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="B112">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C112" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D112" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E112" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="B113">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C113" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="D113" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E113" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>1620</v>
+        <v>1629</v>
       </c>
       <c r="B114">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C114" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D114" t="s">
         <v>314</v>
       </c>
       <c r="E114" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>1619</v>
+        <v>1630</v>
       </c>
       <c r="B115">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C115" t="s">
+        <v>309</v>
+      </c>
+      <c r="D115" t="s">
         <v>316</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>1617</v>
+        <v>1626</v>
       </c>
       <c r="B116">
         <v>2022</v>
       </c>
       <c r="C116" t="s">
+        <v>318</v>
+      </c>
+      <c r="D116" t="s">
         <v>319</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>1615</v>
+        <v>1625</v>
       </c>
       <c r="B117">
         <v>2022</v>
       </c>
       <c r="C117" t="s">
+        <v>321</v>
+      </c>
+      <c r="D117" t="s">
         <v>322</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="B118">
         <v>2022</v>
       </c>
       <c r="C118" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D118" t="s">
         <v>325</v>
       </c>
       <c r="E118" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>1613</v>
+        <v>1623</v>
       </c>
       <c r="B119">
         <v>2022</v>
       </c>
       <c r="C119" t="s">
         <v>327</v>
       </c>
       <c r="D119" t="s">
         <v>328</v>
       </c>
       <c r="E119" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="B120">
         <v>2022</v>
       </c>
       <c r="C120" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D120" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E120" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>1612</v>
+        <v>1621</v>
       </c>
       <c r="B121">
         <v>2022</v>
       </c>
       <c r="C121" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D121" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E121" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>1611</v>
+        <v>1620</v>
       </c>
       <c r="B122">
         <v>2022</v>
       </c>
       <c r="C122" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D122" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E122" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>1610</v>
+        <v>1619</v>
       </c>
       <c r="B123">
         <v>2022</v>
       </c>
       <c r="C123" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D123" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E123" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="B124">
         <v>2022</v>
       </c>
       <c r="C124" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D124" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E124" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>1609</v>
+        <v>1615</v>
       </c>
       <c r="B125">
         <v>2022</v>
       </c>
       <c r="C125" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D125" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="E125" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="B126">
         <v>2022</v>
       </c>
       <c r="C126" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="D126" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E126" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="B127">
         <v>2022</v>
       </c>
       <c r="C127" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D127" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E127" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="B128">
         <v>2022</v>
       </c>
       <c r="C128" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="D128" t="s">
         <v>353</v>
       </c>
       <c r="E128" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="B129">
         <v>2022</v>
       </c>
       <c r="C129" t="s">
         <v>355</v>
       </c>
       <c r="D129" t="s">
         <v>356</v>
       </c>
       <c r="E129" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="B130">
         <v>2022</v>
       </c>
       <c r="C130" t="s">
         <v>358</v>
       </c>
       <c r="D130" t="s">
         <v>359</v>
       </c>
       <c r="E130" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="B131">
         <v>2022</v>
       </c>
       <c r="C131" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D131" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E131" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="B132">
         <v>2022</v>
       </c>
       <c r="C132" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D132" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E132" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="B133">
         <v>2022</v>
       </c>
       <c r="C133" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D133" t="s">
         <v>367</v>
       </c>
       <c r="E133" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>1600</v>
+        <v>1618</v>
       </c>
       <c r="B134">
         <v>2022</v>
       </c>
       <c r="C134" t="s">
         <v>369</v>
       </c>
       <c r="D134" t="s">
         <v>370</v>
       </c>
       <c r="E134" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="B135">
         <v>2022</v>
       </c>
       <c r="C135" t="s">
         <v>372</v>
       </c>
       <c r="D135" t="s">
         <v>373</v>
       </c>
       <c r="E135" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="B136">
         <v>2022</v>
       </c>
       <c r="C136" t="s">
         <v>375</v>
       </c>
       <c r="D136" t="s">
         <v>376</v>
       </c>
       <c r="E136" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="B137">
         <v>2022</v>
       </c>
       <c r="C137" t="s">
         <v>378</v>
       </c>
       <c r="D137" t="s">
         <v>379</v>
       </c>
       <c r="E137" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="B138">
         <v>2022</v>
       </c>
       <c r="C138" t="s">
         <v>381</v>
       </c>
       <c r="D138" t="s">
         <v>382</v>
       </c>
       <c r="E138" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>1595</v>
+        <v>1604</v>
       </c>
       <c r="B139">
         <v>2022</v>
       </c>
       <c r="C139" t="s">
+        <v>381</v>
+      </c>
+      <c r="D139" t="s">
         <v>384</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="B140">
         <v>2022</v>
       </c>
       <c r="C140" t="s">
+        <v>386</v>
+      </c>
+      <c r="D140" t="s">
         <v>387</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="1">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="B141">
         <v>2022</v>
       </c>
       <c r="C141" t="s">
+        <v>389</v>
+      </c>
+      <c r="D141" t="s">
         <v>390</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="1">
-        <v>1591</v>
+        <v>1600</v>
       </c>
       <c r="B142">
         <v>2022</v>
       </c>
       <c r="C142" t="s">
+        <v>392</v>
+      </c>
+      <c r="D142" t="s">
         <v>393</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="1">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="B143">
         <v>2022</v>
       </c>
       <c r="C143" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D143" t="s">
         <v>396</v>
       </c>
       <c r="E143" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="1">
-        <v>1590</v>
+        <v>1598</v>
       </c>
       <c r="B144">
         <v>2022</v>
       </c>
       <c r="C144" t="s">
         <v>398</v>
       </c>
       <c r="D144" t="s">
         <v>399</v>
       </c>
       <c r="E144" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="1">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="B145">
         <v>2022</v>
       </c>
       <c r="C145" t="s">
         <v>401</v>
       </c>
       <c r="D145" t="s">
         <v>402</v>
       </c>
       <c r="E145" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="1">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="B146">
         <v>2022</v>
       </c>
       <c r="C146" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D146" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E146" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="1">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="B147">
         <v>2022</v>
       </c>
       <c r="C147" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D147" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E147" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" s="1">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="B148">
         <v>2022</v>
       </c>
       <c r="C148" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D148" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E148" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" s="1">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="B149">
         <v>2022</v>
       </c>
       <c r="C149" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D149" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E149" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" s="1">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="B150">
         <v>2022</v>
       </c>
       <c r="C150" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="D150" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E150" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" s="1">
-        <v>1583</v>
+        <v>1592</v>
       </c>
       <c r="B151">
         <v>2022</v>
       </c>
       <c r="C151" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="D151" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E151" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" s="1">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="B152">
         <v>2022</v>
       </c>
       <c r="C152" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D152" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E152" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" s="1">
-        <v>1581</v>
+        <v>1588</v>
       </c>
       <c r="B153">
         <v>2022</v>
       </c>
       <c r="C153" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D153" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E153" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" s="1">
-        <v>1579</v>
+        <v>1589</v>
       </c>
       <c r="B154">
         <v>2022</v>
       </c>
       <c r="C154" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D154" t="s">
         <v>427</v>
       </c>
       <c r="E154" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="155" spans="1:26">
       <c r="A155" s="1">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="B155">
         <v>2022</v>
       </c>
       <c r="C155" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D155" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E155" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="156" spans="1:26">
       <c r="A156" s="1">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="B156">
         <v>2022</v>
       </c>
       <c r="C156" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D156" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E156" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" s="1">
-        <v>1575</v>
+        <v>1584</v>
       </c>
       <c r="B157">
         <v>2022</v>
       </c>
       <c r="C157" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D157" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E157" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="158" spans="1:26">
       <c r="A158" s="1">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="B158">
         <v>2022</v>
       </c>
       <c r="C158" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D158" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E158" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="159" spans="1:26">
       <c r="A159" s="1">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="B159">
         <v>2022</v>
       </c>
       <c r="C159" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="D159" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="E159" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" s="1">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="B160">
         <v>2022</v>
       </c>
       <c r="C160" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="D160" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="E160" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" s="1">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="B161">
         <v>2022</v>
       </c>
       <c r="C161" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D161" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="E161" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" s="1">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="B162">
         <v>2022</v>
       </c>
       <c r="C162" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="D162" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="E162" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" s="1">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="B163">
         <v>2022</v>
       </c>
       <c r="C163" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="D163" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="E163" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" s="1">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="B164">
         <v>2022</v>
       </c>
       <c r="C164" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D164" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="E164" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" s="1">
-        <v>1569</v>
+        <v>1575</v>
       </c>
       <c r="B165">
         <v>2022</v>
       </c>
       <c r="C165" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D165" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="E165" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
     </row>
     <row r="166" spans="1:26">
       <c r="A166" s="1">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="B166">
         <v>2022</v>
       </c>
       <c r="C166" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D166" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E166" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="167" spans="1:26">
       <c r="A167" s="1">
-        <v>1567</v>
+        <v>1577</v>
       </c>
       <c r="B167">
         <v>2022</v>
       </c>
       <c r="C167" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="D167" t="s">
         <v>460</v>
       </c>
       <c r="E167" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="168" spans="1:26">
       <c r="A168" s="1">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="B168">
         <v>2022</v>
       </c>
       <c r="C168" t="s">
         <v>462</v>
       </c>
       <c r="D168" t="s">
         <v>463</v>
       </c>
       <c r="E168" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="169" spans="1:26">
       <c r="A169" s="1">
-        <v>1564</v>
+        <v>1573</v>
       </c>
       <c r="B169">
         <v>2022</v>
       </c>
       <c r="C169" t="s">
         <v>465</v>
       </c>
       <c r="D169" t="s">
         <v>466</v>
       </c>
       <c r="E169" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="170" spans="1:26">
       <c r="A170" s="1">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="B170">
         <v>2022</v>
       </c>
       <c r="C170" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D170" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E170" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="171" spans="1:26">
       <c r="A171" s="1">
-        <v>1563</v>
+        <v>1572</v>
       </c>
       <c r="B171">
         <v>2022</v>
       </c>
       <c r="C171" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="D171" t="s">
         <v>471</v>
       </c>
       <c r="E171" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="172" spans="1:26">
       <c r="A172" s="1">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="B172">
         <v>2022</v>
       </c>
       <c r="C172" t="s">
         <v>473</v>
       </c>
       <c r="D172" t="s">
         <v>474</v>
       </c>
       <c r="E172" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="173" spans="1:26">
       <c r="A173" s="1">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="B173">
         <v>2022</v>
       </c>
       <c r="C173" t="s">
         <v>476</v>
       </c>
       <c r="D173" t="s">
         <v>477</v>
       </c>
       <c r="E173" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="174" spans="1:26">
       <c r="A174" s="1">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="B174">
         <v>2022</v>
       </c>
       <c r="C174" t="s">
         <v>479</v>
       </c>
       <c r="D174" t="s">
         <v>480</v>
       </c>
       <c r="E174" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="175" spans="1:26">
       <c r="A175" s="1">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="B175">
         <v>2022</v>
       </c>
       <c r="C175" t="s">
         <v>482</v>
       </c>
       <c r="D175" t="s">
         <v>483</v>
       </c>
       <c r="E175" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="176" spans="1:26">
       <c r="A176" s="1">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="B176">
         <v>2022</v>
       </c>
       <c r="C176" t="s">
         <v>485</v>
       </c>
       <c r="D176" t="s">
         <v>486</v>
       </c>
       <c r="E176" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="177" spans="1:26">
       <c r="A177" s="1">
-        <v>1557</v>
+        <v>1564</v>
       </c>
       <c r="B177">
         <v>2022</v>
       </c>
       <c r="C177" t="s">
         <v>488</v>
       </c>
       <c r="D177" t="s">
         <v>489</v>
       </c>
       <c r="E177" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="178" spans="1:26">
       <c r="A178" s="1">
-        <v>1556</v>
+        <v>1565</v>
       </c>
       <c r="B178">
         <v>2022</v>
       </c>
       <c r="C178" t="s">
+        <v>488</v>
+      </c>
+      <c r="D178" t="s">
         <v>491</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="179" spans="1:26">
       <c r="A179" s="1">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="B179">
         <v>2022</v>
       </c>
       <c r="C179" t="s">
+        <v>493</v>
+      </c>
+      <c r="D179" t="s">
         <v>494</v>
       </c>
-      <c r="D179" t="s">
+      <c r="E179" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="180" spans="1:26">
       <c r="A180" s="1">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="B180">
         <v>2022</v>
       </c>
       <c r="C180" t="s">
+        <v>496</v>
+      </c>
+      <c r="D180" t="s">
         <v>497</v>
       </c>
-      <c r="D180" t="s">
+      <c r="E180" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="181" spans="1:26">
       <c r="A181" s="1">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="B181">
         <v>2022</v>
       </c>
       <c r="C181" t="s">
+        <v>499</v>
+      </c>
+      <c r="D181" t="s">
         <v>500</v>
       </c>
-      <c r="D181" t="s">
+      <c r="E181" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="182" spans="1:26">
       <c r="A182" s="1">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="B182">
         <v>2022</v>
       </c>
       <c r="C182" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D182" t="s">
         <v>503</v>
       </c>
       <c r="E182" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="183" spans="1:26">
       <c r="A183" s="1">
-        <v>1551</v>
+        <v>1559</v>
       </c>
       <c r="B183">
         <v>2022</v>
       </c>
       <c r="C183" t="s">
         <v>505</v>
       </c>
       <c r="D183" t="s">
         <v>506</v>
       </c>
       <c r="E183" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" s="1">
-        <v>1550</v>
+        <v>1558</v>
       </c>
       <c r="B184">
         <v>2022</v>
       </c>
       <c r="C184" t="s">
         <v>508</v>
       </c>
       <c r="D184" t="s">
         <v>509</v>
       </c>
       <c r="E184" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" s="1">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="B185">
         <v>2022</v>
       </c>
       <c r="C185" t="s">
         <v>511</v>
       </c>
       <c r="D185" t="s">
         <v>512</v>
       </c>
       <c r="E185" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" s="1">
-        <v>1548</v>
+        <v>1556</v>
       </c>
       <c r="B186">
         <v>2022</v>
       </c>
       <c r="C186" t="s">
         <v>514</v>
       </c>
       <c r="D186" t="s">
         <v>515</v>
       </c>
       <c r="E186" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" s="1">
-        <v>1547</v>
+        <v>1555</v>
       </c>
       <c r="B187">
         <v>2022</v>
       </c>
       <c r="C187" t="s">
         <v>517</v>
       </c>
       <c r="D187" t="s">
         <v>518</v>
       </c>
       <c r="E187" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" s="1">
-        <v>1546</v>
+        <v>1554</v>
       </c>
       <c r="B188">
         <v>2022</v>
       </c>
       <c r="C188" t="s">
         <v>520</v>
       </c>
       <c r="D188" t="s">
         <v>521</v>
       </c>
       <c r="E188" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" s="1">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="B189">
         <v>2022</v>
       </c>
       <c r="C189" t="s">
         <v>523</v>
       </c>
       <c r="D189" t="s">
         <v>524</v>
       </c>
       <c r="E189" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" s="1">
-        <v>1544</v>
+        <v>1553</v>
       </c>
       <c r="B190">
         <v>2022</v>
       </c>
       <c r="C190" t="s">
+        <v>523</v>
+      </c>
+      <c r="D190" t="s">
         <v>526</v>
       </c>
-      <c r="D190" t="s">
+      <c r="E190" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" s="1">
-        <v>1543</v>
+        <v>1551</v>
       </c>
       <c r="B191">
         <v>2022</v>
       </c>
       <c r="C191" t="s">
+        <v>528</v>
+      </c>
+      <c r="D191" t="s">
         <v>529</v>
       </c>
-      <c r="D191" t="s">
+      <c r="E191" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" s="1">
-        <v>1542</v>
+        <v>1550</v>
       </c>
       <c r="B192">
         <v>2022</v>
       </c>
       <c r="C192" t="s">
+        <v>531</v>
+      </c>
+      <c r="D192" t="s">
         <v>532</v>
       </c>
-      <c r="D192" t="s">
+      <c r="E192" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" s="1">
-        <v>1541</v>
+        <v>1549</v>
       </c>
       <c r="B193">
         <v>2022</v>
       </c>
       <c r="C193" t="s">
+        <v>534</v>
+      </c>
+      <c r="D193" t="s">
         <v>535</v>
       </c>
-      <c r="D193" t="s">
+      <c r="E193" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="194" spans="1:26">
       <c r="A194" s="1">
-        <v>1540</v>
+        <v>1548</v>
       </c>
       <c r="B194">
         <v>2022</v>
       </c>
       <c r="C194" t="s">
+        <v>537</v>
+      </c>
+      <c r="D194" t="s">
         <v>538</v>
       </c>
-      <c r="D194" t="s">
+      <c r="E194" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="195" spans="1:26">
       <c r="A195" s="1">
-        <v>1539</v>
+        <v>1547</v>
       </c>
       <c r="B195">
         <v>2022</v>
       </c>
       <c r="C195" t="s">
+        <v>540</v>
+      </c>
+      <c r="D195" t="s">
         <v>541</v>
       </c>
-      <c r="D195" t="s">
+      <c r="E195" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="196" spans="1:26">
       <c r="A196" s="1">
-        <v>1537</v>
+        <v>1546</v>
       </c>
       <c r="B196">
         <v>2022</v>
       </c>
       <c r="C196" t="s">
+        <v>543</v>
+      </c>
+      <c r="D196" t="s">
         <v>544</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E196" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="197" spans="1:26">
       <c r="A197" s="1">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="B197">
         <v>2022</v>
       </c>
       <c r="C197" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D197" t="s">
         <v>547</v>
       </c>
       <c r="E197" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="198" spans="1:26">
       <c r="A198" s="1">
-        <v>1536</v>
+        <v>1544</v>
       </c>
       <c r="B198">
         <v>2022</v>
       </c>
       <c r="C198" t="s">
         <v>549</v>
       </c>
       <c r="D198" t="s">
         <v>550</v>
       </c>
       <c r="E198" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="199" spans="1:26">
       <c r="A199" s="1">
-        <v>1535</v>
+        <v>1543</v>
       </c>
       <c r="B199">
         <v>2022</v>
       </c>
       <c r="C199" t="s">
         <v>552</v>
       </c>
       <c r="D199" t="s">
         <v>553</v>
       </c>
       <c r="E199" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="200" spans="1:26">
       <c r="A200" s="1">
-        <v>1533</v>
+        <v>1542</v>
       </c>
       <c r="B200">
         <v>2022</v>
       </c>
       <c r="C200" t="s">
         <v>555</v>
       </c>
       <c r="D200" t="s">
         <v>556</v>
       </c>
       <c r="E200" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="201" spans="1:26">
       <c r="A201" s="1">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="B201">
         <v>2022</v>
       </c>
       <c r="C201" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="D201" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E201" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="202" spans="1:26">
       <c r="A202" s="1">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="B202">
         <v>2022</v>
       </c>
       <c r="C202" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D202" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E202" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="203" spans="1:26">
       <c r="A203" s="1">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="B203">
         <v>2022</v>
       </c>
       <c r="C203" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D203" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E203" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" s="1">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="B204">
         <v>2022</v>
       </c>
       <c r="C204" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D204" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E204" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" s="1">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="B205">
         <v>2022</v>
       </c>
       <c r="C205" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="D205" t="s">
         <v>570</v>
       </c>
       <c r="E205" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" s="1">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="B206">
         <v>2022</v>
       </c>
       <c r="C206" t="s">
         <v>572</v>
       </c>
       <c r="D206" t="s">
         <v>573</v>
       </c>
       <c r="E206" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" s="1">
-        <v>1526</v>
+        <v>1535</v>
       </c>
       <c r="B207">
         <v>2022</v>
       </c>
       <c r="C207" t="s">
         <v>575</v>
       </c>
       <c r="D207" t="s">
         <v>576</v>
       </c>
       <c r="E207" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" s="1">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="B208">
         <v>2022</v>
       </c>
       <c r="C208" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="D208" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E208" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" s="1">
-        <v>1524</v>
+        <v>1534</v>
       </c>
       <c r="B209">
         <v>2022</v>
       </c>
       <c r="C209" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="D209" t="s">
         <v>581</v>
       </c>
       <c r="E209" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" s="1">
-        <v>1525</v>
+        <v>1532</v>
       </c>
       <c r="B210">
         <v>2022</v>
       </c>
       <c r="C210" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="D210" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E210" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" s="1">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="B211">
         <v>2022</v>
       </c>
       <c r="C211" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D211" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E211" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" s="1">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="B212">
         <v>2022</v>
       </c>
       <c r="C212" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D212" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E212" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" s="1">
-        <v>1521</v>
+        <v>1529</v>
       </c>
       <c r="B213">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C213" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D213" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E213" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" s="1">
-        <v>1520</v>
+        <v>1528</v>
       </c>
       <c r="B214">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C214" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D214" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E214" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" s="1">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="B215">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C215" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D215" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E215" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" s="1">
-        <v>1518</v>
+        <v>1527</v>
       </c>
       <c r="B216">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C216" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D216" t="s">
         <v>601</v>
       </c>
       <c r="E216" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="1">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="B217">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C217" t="s">
         <v>603</v>
       </c>
       <c r="D217" t="s">
         <v>604</v>
       </c>
       <c r="E217" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="1">
-        <v>1516</v>
+        <v>1525</v>
       </c>
       <c r="B218">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C218" t="s">
         <v>603</v>
       </c>
       <c r="D218" t="s">
         <v>606</v>
       </c>
       <c r="E218" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="1">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="B219">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C219" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="D219" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E219" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="1">
-        <v>1514</v>
+        <v>1522</v>
       </c>
       <c r="B220">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C220" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D220" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E220" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="1">
-        <v>1513</v>
+        <v>1521</v>
       </c>
       <c r="B221">
         <v>2021</v>
       </c>
       <c r="C221" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D221" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E221" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="1">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="B222">
         <v>2021</v>
       </c>
       <c r="C222" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D222" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E222" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" s="1">
-        <v>1511</v>
+        <v>1519</v>
       </c>
       <c r="B223">
         <v>2021</v>
       </c>
       <c r="C223" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D223" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E223" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" s="1">
-        <v>1510</v>
+        <v>1518</v>
       </c>
       <c r="B224">
         <v>2021</v>
       </c>
       <c r="C224" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D224" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E224" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" s="1">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="B225">
         <v>2021</v>
       </c>
       <c r="C225" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D225" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E225" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" s="1">
-        <v>1508</v>
+        <v>1516</v>
       </c>
       <c r="B226">
         <v>2021</v>
       </c>
       <c r="C226" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D226" t="s">
         <v>629</v>
       </c>
       <c r="E226" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" s="1">
-        <v>1507</v>
+        <v>1517</v>
       </c>
       <c r="B227">
         <v>2021</v>
       </c>
       <c r="C227" t="s">
+        <v>626</v>
+      </c>
+      <c r="D227" t="s">
         <v>631</v>
       </c>
-      <c r="D227" t="s">
+      <c r="E227" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" s="1">
-        <v>1505</v>
+        <v>1514</v>
       </c>
       <c r="B228">
         <v>2021</v>
       </c>
       <c r="C228" t="s">
+        <v>633</v>
+      </c>
+      <c r="D228" t="s">
         <v>634</v>
       </c>
-      <c r="D228" t="s">
+      <c r="E228" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="1">
-        <v>1506</v>
+        <v>1513</v>
       </c>
       <c r="B229">
         <v>2021</v>
       </c>
       <c r="C229" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D229" t="s">
         <v>637</v>
       </c>
       <c r="E229" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="1">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="B230">
         <v>2021</v>
       </c>
       <c r="C230" t="s">
         <v>639</v>
       </c>
       <c r="D230" t="s">
         <v>640</v>
       </c>
       <c r="E230" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="1">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="B231">
         <v>2021</v>
       </c>
       <c r="C231" t="s">
         <v>642</v>
       </c>
       <c r="D231" t="s">
         <v>643</v>
       </c>
       <c r="E231" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="1">
-        <v>1501</v>
+        <v>1510</v>
       </c>
       <c r="B232">
         <v>2021</v>
       </c>
       <c r="C232" t="s">
         <v>645</v>
       </c>
       <c r="D232" t="s">
         <v>646</v>
       </c>
       <c r="E232" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" s="1">
-        <v>1502</v>
+        <v>1509</v>
       </c>
       <c r="B233">
         <v>2021</v>
       </c>
       <c r="C233" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D233" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E233" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="1">
-        <v>1499</v>
+        <v>1508</v>
       </c>
       <c r="B234">
         <v>2021</v>
       </c>
       <c r="C234" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D234" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E234" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="1">
-        <v>1498</v>
+        <v>1507</v>
       </c>
       <c r="B235">
         <v>2021</v>
       </c>
       <c r="C235" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D235" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E235" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="1">
-        <v>1497</v>
+        <v>1505</v>
       </c>
       <c r="B236">
         <v>2021</v>
       </c>
       <c r="C236" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D236" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E236" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="1">
-        <v>1495</v>
+        <v>1506</v>
       </c>
       <c r="B237">
         <v>2021</v>
       </c>
       <c r="C237" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="D237" t="s">
         <v>660</v>
       </c>
       <c r="E237" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="1">
-        <v>1496</v>
+        <v>1504</v>
       </c>
       <c r="B238">
         <v>2021</v>
       </c>
       <c r="C238" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D238" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E238" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="1">
-        <v>1494</v>
+        <v>1503</v>
       </c>
       <c r="B239">
         <v>2021</v>
       </c>
       <c r="C239" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D239" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E239" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" s="1">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="B240">
         <v>2021</v>
       </c>
       <c r="C240" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D240" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E240" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" s="1">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="B241">
         <v>2021</v>
       </c>
       <c r="C241" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="D241" t="s">
         <v>671</v>
       </c>
       <c r="E241" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" s="1">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="B242">
         <v>2021</v>
       </c>
       <c r="C242" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D242" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E242" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" s="1">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="B243">
         <v>2021</v>
       </c>
       <c r="C243" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D243" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E243" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="1">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="B244">
         <v>2021</v>
       </c>
       <c r="C244" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D244" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E244" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="1">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="B245">
         <v>2021</v>
       </c>
       <c r="C245" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D245" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E245" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" s="1">
-        <v>1487</v>
+        <v>1496</v>
       </c>
       <c r="B246">
         <v>2021</v>
       </c>
       <c r="C246" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D246" t="s">
         <v>685</v>
       </c>
       <c r="E246" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" s="1">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="B247">
         <v>2021</v>
       </c>
       <c r="C247" t="s">
         <v>687</v>
       </c>
       <c r="D247" t="s">
         <v>688</v>
       </c>
       <c r="E247" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="1">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="B248">
         <v>2021</v>
       </c>
       <c r="C248" t="s">
         <v>690</v>
       </c>
       <c r="D248" t="s">
         <v>691</v>
       </c>
       <c r="E248" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="1">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="B249">
         <v>2021</v>
       </c>
       <c r="C249" t="s">
         <v>693</v>
       </c>
       <c r="D249" t="s">
         <v>694</v>
       </c>
       <c r="E249" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="1">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="B250">
         <v>2021</v>
       </c>
       <c r="C250" t="s">
+        <v>693</v>
+      </c>
+      <c r="D250" t="s">
         <v>696</v>
       </c>
-      <c r="D250" t="s">
+      <c r="E250" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="1">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="B251">
         <v>2021</v>
       </c>
       <c r="C251" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D251" t="s">
         <v>699</v>
       </c>
       <c r="E251" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="1">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="B252">
         <v>2021</v>
       </c>
       <c r="C252" t="s">
         <v>701</v>
       </c>
       <c r="D252" t="s">
         <v>702</v>
       </c>
       <c r="E252" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="1">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="B253">
         <v>2021</v>
       </c>
       <c r="C253" t="s">
         <v>704</v>
       </c>
       <c r="D253" t="s">
         <v>705</v>
       </c>
       <c r="E253" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="1">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="B254">
         <v>2021</v>
       </c>
       <c r="C254" t="s">
         <v>707</v>
       </c>
       <c r="D254" t="s">
         <v>708</v>
       </c>
       <c r="E254" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="1">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="B255">
         <v>2021</v>
       </c>
       <c r="C255" t="s">
         <v>710</v>
       </c>
       <c r="D255" t="s">
         <v>711</v>
       </c>
       <c r="E255" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="1">
-        <v>1476</v>
+        <v>1485</v>
       </c>
       <c r="B256">
         <v>2021</v>
       </c>
       <c r="C256" t="s">
         <v>713</v>
       </c>
       <c r="D256" t="s">
         <v>714</v>
       </c>
       <c r="E256" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="1">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="B257">
         <v>2021</v>
       </c>
       <c r="C257" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="D257" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="E257" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="1">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="B258">
         <v>2021</v>
       </c>
       <c r="C258" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D258" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E258" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="1">
-        <v>1474</v>
+        <v>1483</v>
       </c>
       <c r="B259">
         <v>2021</v>
       </c>
       <c r="C259" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="D259" t="s">
         <v>722</v>
       </c>
       <c r="E259" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" s="1">
-        <v>1472</v>
+        <v>1481</v>
       </c>
       <c r="B260">
         <v>2021</v>
       </c>
       <c r="C260" t="s">
         <v>724</v>
       </c>
       <c r="D260" t="s">
         <v>725</v>
       </c>
       <c r="E260" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="1">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="B261">
         <v>2021</v>
       </c>
       <c r="C261" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="D261" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E261" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="1">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="B262">
         <v>2021</v>
       </c>
       <c r="C262" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D262" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E262" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="1">
-        <v>1468</v>
+        <v>1478</v>
       </c>
       <c r="B263">
         <v>2021</v>
       </c>
       <c r="C263" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D263" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E263" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="1">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="B264">
         <v>2021</v>
       </c>
       <c r="C264" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="D264" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="E264" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" s="1">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="B265">
         <v>2021</v>
       </c>
       <c r="C265" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="D265" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="E265" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" s="1">
-        <v>1466</v>
+        <v>1475</v>
       </c>
       <c r="B266">
         <v>2021</v>
       </c>
       <c r="C266" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D266" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="E266" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" s="1">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="B267">
         <v>2021</v>
       </c>
       <c r="C267" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="D267" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E267" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="1">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="B268">
         <v>2021</v>
       </c>
       <c r="C268" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D268" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="E268" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="1">
-        <v>1463</v>
+        <v>1473</v>
       </c>
       <c r="B269">
         <v>2021</v>
       </c>
       <c r="C269" t="s">
         <v>747</v>
       </c>
       <c r="D269" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="E269" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="1">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="B270">
         <v>2021</v>
       </c>
       <c r="C270" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="D270" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="E270" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="1">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="B271">
         <v>2021</v>
       </c>
       <c r="C271" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="D271" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="E271" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" s="1">
-        <v>1460</v>
+        <v>1469</v>
       </c>
       <c r="B272">
         <v>2021</v>
       </c>
       <c r="C272" t="s">
         <v>755</v>
       </c>
       <c r="D272" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="E272" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" s="1">
-        <v>1461</v>
+        <v>1470</v>
       </c>
       <c r="B273">
         <v>2021</v>
       </c>
       <c r="C273" t="s">
         <v>755</v>
       </c>
       <c r="D273" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="E273" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" s="1">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="B274">
         <v>2021</v>
       </c>
       <c r="C274" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D274" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="E274" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" s="1">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="B275">
         <v>2021</v>
       </c>
       <c r="C275" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="D275" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E275" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" s="1">
-        <v>1456</v>
+        <v>1465</v>
       </c>
       <c r="B276">
         <v>2021</v>
       </c>
       <c r="C276" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D276" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="E276" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" s="1">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="B277">
         <v>2021</v>
       </c>
       <c r="C277" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="D277" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="E277" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" s="1">
-        <v>1455</v>
+        <v>1464</v>
       </c>
       <c r="B278">
         <v>2021</v>
       </c>
       <c r="C278" t="s">
         <v>770</v>
       </c>
       <c r="D278" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="E278" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" s="1">
-        <v>1453</v>
+        <v>1462</v>
       </c>
       <c r="B279">
         <v>2021</v>
       </c>
       <c r="C279" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D279" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="E279" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" s="1">
-        <v>1454</v>
+        <v>1460</v>
       </c>
       <c r="B280">
         <v>2021</v>
       </c>
       <c r="C280" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="D280" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="E280" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" s="1">
-        <v>1451</v>
+        <v>1461</v>
       </c>
       <c r="B281">
         <v>2021</v>
       </c>
       <c r="C281" t="s">
         <v>778</v>
       </c>
       <c r="D281" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="E281" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" s="1">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="B282">
         <v>2021</v>
       </c>
       <c r="C282" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="D282" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="E282" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" s="1">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="B283">
         <v>2021</v>
       </c>
       <c r="C283" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D283" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="E283" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" s="1">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="B284">
         <v>2021</v>
       </c>
       <c r="C284" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="D284" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="E284" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" s="1">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="B285">
         <v>2021</v>
       </c>
       <c r="C285" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="D285" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="E285" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" s="1">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="B286">
         <v>2021</v>
       </c>
       <c r="C286" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D286" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="E286" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" s="1">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="B287">
         <v>2021</v>
       </c>
       <c r="C287" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D287" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="E287" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" s="1">
-        <v>1445</v>
+        <v>1454</v>
       </c>
       <c r="B288">
         <v>2021</v>
       </c>
       <c r="C288" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="D288" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="E288" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" s="1">
-        <v>1444</v>
+        <v>1451</v>
       </c>
       <c r="B289">
         <v>2021</v>
       </c>
       <c r="C289" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D289" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="E289" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" s="1">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="B290">
         <v>2021</v>
       </c>
       <c r="C290" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D290" t="s">
         <v>804</v>
       </c>
       <c r="E290" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" s="1">
-        <v>1442</v>
+        <v>1450</v>
       </c>
       <c r="B291">
         <v>2021</v>
       </c>
       <c r="C291" t="s">
         <v>806</v>
       </c>
       <c r="D291" t="s">
         <v>807</v>
       </c>
       <c r="E291" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" s="1">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="B292">
         <v>2021</v>
       </c>
       <c r="C292" t="s">
         <v>809</v>
       </c>
       <c r="D292" t="s">
         <v>810</v>
       </c>
       <c r="E292" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" s="1">
-        <v>1440</v>
+        <v>1449</v>
       </c>
       <c r="B293">
         <v>2021</v>
       </c>
       <c r="C293" t="s">
+        <v>809</v>
+      </c>
+      <c r="D293" t="s">
         <v>812</v>
       </c>
-      <c r="D293" t="s">
+      <c r="E293" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" s="1">
-        <v>1439</v>
+        <v>1447</v>
       </c>
       <c r="B294">
         <v>2021</v>
       </c>
       <c r="C294" t="s">
+        <v>814</v>
+      </c>
+      <c r="D294" t="s">
         <v>815</v>
       </c>
-      <c r="D294" t="s">
+      <c r="E294" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>817</v>
       </c>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" s="1">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="B295">
         <v>2021</v>
       </c>
       <c r="C295" t="s">
+        <v>817</v>
+      </c>
+      <c r="D295" t="s">
         <v>818</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" s="1">
-        <v>1436</v>
+        <v>1445</v>
       </c>
       <c r="B296">
         <v>2021</v>
       </c>
       <c r="C296" t="s">
+        <v>820</v>
+      </c>
+      <c r="D296" t="s">
         <v>821</v>
       </c>
-      <c r="D296" t="s">
+      <c r="E296" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" s="1">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="B297">
         <v>2021</v>
       </c>
       <c r="C297" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D297" t="s">
         <v>824</v>
       </c>
       <c r="E297" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" s="1">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="B298">
         <v>2021</v>
       </c>
       <c r="C298" t="s">
         <v>826</v>
       </c>
       <c r="D298" t="s">
         <v>827</v>
       </c>
       <c r="E298" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" s="1">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="B299">
         <v>2021</v>
       </c>
       <c r="C299" t="s">
         <v>829</v>
       </c>
       <c r="D299" t="s">
         <v>830</v>
       </c>
       <c r="E299" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" s="1">
-        <v>1432</v>
+        <v>1441</v>
       </c>
       <c r="B300">
         <v>2021</v>
       </c>
       <c r="C300" t="s">
         <v>832</v>
       </c>
       <c r="D300" t="s">
         <v>833</v>
       </c>
       <c r="E300" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" s="1">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B301">
         <v>2021</v>
       </c>
       <c r="C301" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D301" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E301" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" s="1">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="B302">
         <v>2021</v>
       </c>
       <c r="C302" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D302" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="E302" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" s="1">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="B303">
         <v>2021</v>
       </c>
       <c r="C303" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D303" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="E303" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" s="1">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="B304">
         <v>2021</v>
       </c>
       <c r="C304" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D304" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E304" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" s="1">
-        <v>1428</v>
+        <v>1437</v>
       </c>
       <c r="B305">
         <v>2021</v>
       </c>
       <c r="C305" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="D305" t="s">
         <v>847</v>
       </c>
       <c r="E305" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" s="1">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="B306">
         <v>2021</v>
       </c>
       <c r="C306" t="s">
         <v>849</v>
       </c>
       <c r="D306" t="s">
         <v>850</v>
       </c>
       <c r="E306" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" s="1">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="B307">
         <v>2021</v>
       </c>
       <c r="C307" t="s">
         <v>852</v>
       </c>
       <c r="D307" t="s">
         <v>853</v>
       </c>
       <c r="E307" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" s="1">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="B308">
         <v>2021</v>
       </c>
       <c r="C308" t="s">
         <v>855</v>
       </c>
       <c r="D308" t="s">
         <v>856</v>
       </c>
       <c r="E308" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="1">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="B309">
         <v>2021</v>
       </c>
       <c r="C309" t="s">
+        <v>855</v>
+      </c>
+      <c r="D309" t="s">
         <v>858</v>
       </c>
-      <c r="D309" t="s">
+      <c r="E309" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" s="1">
-        <v>1422</v>
+        <v>1431</v>
       </c>
       <c r="B310">
         <v>2021</v>
       </c>
       <c r="C310" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D310" t="s">
         <v>861</v>
       </c>
       <c r="E310" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" s="1">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="B311">
         <v>2021</v>
       </c>
       <c r="C311" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="D311" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="E311" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" s="1">
-        <v>1418</v>
+        <v>1429</v>
       </c>
       <c r="B312">
         <v>2021</v>
       </c>
       <c r="C312" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D312" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="E312" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" s="1">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="B313">
         <v>2021</v>
       </c>
       <c r="C313" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="D313" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="E313" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" s="1">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="B314">
         <v>2021</v>
       </c>
       <c r="C314" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="D314" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="E314" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" s="1">
-        <v>1416</v>
+        <v>1426</v>
       </c>
       <c r="B315">
         <v>2021</v>
       </c>
       <c r="C315" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="D315" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="E315" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" s="1">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="B316">
         <v>2021</v>
       </c>
       <c r="C316" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="D316" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="E316" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" s="1">
-        <v>1414</v>
+        <v>1425</v>
       </c>
       <c r="B317">
         <v>2021</v>
       </c>
       <c r="C317" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D317" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="E317" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" s="1">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="B318">
         <v>2021</v>
       </c>
       <c r="C318" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="D318" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="E318" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" s="1">
-        <v>1413</v>
+        <v>1422</v>
       </c>
       <c r="B319">
         <v>2021</v>
       </c>
       <c r="C319" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D319" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="E319" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" s="1">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="B320">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C320" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="D320" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="E320" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" s="1">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="B321">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C321" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="D321" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="E321" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" s="1">
-        <v>1410</v>
+        <v>1419</v>
       </c>
       <c r="B322">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C322" t="s">
         <v>890</v>
       </c>
       <c r="D322" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="E322" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" s="1">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="B323">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C323" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D323" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="E323" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" s="1">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="B324">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C324" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="D324" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="E324" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" s="1">
-        <v>1407</v>
+        <v>1417</v>
       </c>
       <c r="B325">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C325" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="D325" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="E325" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" s="1">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="B326">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C326" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D326" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="E326" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" s="1">
-        <v>1405</v>
+        <v>1415</v>
       </c>
       <c r="B327">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C327" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="D327" t="s">
         <v>905</v>
       </c>
       <c r="E327" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" s="1">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="B328">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C328" t="s">
         <v>907</v>
       </c>
       <c r="D328" t="s">
         <v>908</v>
       </c>
       <c r="E328" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" s="1">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="B329">
         <v>2020</v>
       </c>
       <c r="C329" t="s">
         <v>910</v>
       </c>
       <c r="D329" t="s">
         <v>911</v>
       </c>
       <c r="E329" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" s="1">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="B330">
         <v>2020</v>
       </c>
       <c r="C330" t="s">
+        <v>910</v>
+      </c>
+      <c r="D330" t="s">
         <v>913</v>
       </c>
-      <c r="D330" t="s">
+      <c r="E330" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" s="1">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="B331">
         <v>2020</v>
       </c>
       <c r="C331" t="s">
+        <v>915</v>
+      </c>
+      <c r="D331" t="s">
         <v>916</v>
       </c>
-      <c r="D331" t="s">
+      <c r="E331" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" s="1">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="B332">
         <v>2020</v>
       </c>
       <c r="C332" t="s">
+        <v>918</v>
+      </c>
+      <c r="D332" t="s">
         <v>919</v>
       </c>
-      <c r="D332" t="s">
+      <c r="E332" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" s="1">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="B333">
         <v>2020</v>
       </c>
       <c r="C333" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="D333" t="s">
+        <v>921</v>
+      </c>
+      <c r="E333" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" s="1">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="B334">
         <v>2020</v>
       </c>
       <c r="C334" t="s">
+        <v>923</v>
+      </c>
+      <c r="D334" t="s">
         <v>924</v>
       </c>
-      <c r="D334" t="s">
+      <c r="E334" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" s="1">
-        <v>1397</v>
+        <v>1406</v>
       </c>
       <c r="B335">
         <v>2020</v>
       </c>
       <c r="C335" t="s">
+        <v>926</v>
+      </c>
+      <c r="D335" t="s">
         <v>927</v>
       </c>
-      <c r="D335" t="s">
+      <c r="E335" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" s="1">
-        <v>1396</v>
+        <v>1405</v>
       </c>
       <c r="B336">
         <v>2020</v>
       </c>
       <c r="C336" t="s">
+        <v>929</v>
+      </c>
+      <c r="D336" t="s">
         <v>930</v>
       </c>
-      <c r="D336" t="s">
+      <c r="E336" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="337" spans="1:26">
       <c r="A337" s="1">
-        <v>1395</v>
+        <v>1404</v>
       </c>
       <c r="B337">
         <v>2020</v>
       </c>
       <c r="C337" t="s">
+        <v>932</v>
+      </c>
+      <c r="D337" t="s">
         <v>933</v>
       </c>
-      <c r="D337" t="s">
+      <c r="E337" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" s="1">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="B338">
         <v>2020</v>
       </c>
       <c r="C338" t="s">
+        <v>935</v>
+      </c>
+      <c r="D338" t="s">
         <v>936</v>
       </c>
-      <c r="D338" t="s">
+      <c r="E338" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" s="1">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="B339">
         <v>2020</v>
       </c>
       <c r="C339" t="s">
+        <v>938</v>
+      </c>
+      <c r="D339" t="s">
         <v>939</v>
       </c>
-      <c r="D339" t="s">
+      <c r="E339" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" s="1">
-        <v>1393</v>
+        <v>1401</v>
       </c>
       <c r="B340">
         <v>2020</v>
       </c>
       <c r="C340" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="D340" t="s">
         <v>942</v>
       </c>
       <c r="E340" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" s="1">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="B341">
         <v>2020</v>
       </c>
       <c r="C341" t="s">
         <v>944</v>
       </c>
       <c r="D341" t="s">
         <v>945</v>
       </c>
       <c r="E341" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" s="1">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="B342">
         <v>2020</v>
       </c>
       <c r="C342" t="s">
         <v>944</v>
       </c>
       <c r="D342" t="s">
         <v>947</v>
       </c>
       <c r="E342" t="s">
         <v>948</v>
       </c>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" s="1">
-        <v>1389</v>
+        <v>1398</v>
       </c>
       <c r="B343">
         <v>2020</v>
       </c>
       <c r="C343" t="s">
         <v>949</v>
       </c>
       <c r="D343" t="s">
         <v>950</v>
       </c>
       <c r="E343" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" s="1">
-        <v>1388</v>
+        <v>1397</v>
       </c>
       <c r="B344">
         <v>2020</v>
       </c>
       <c r="C344" t="s">
         <v>952</v>
       </c>
       <c r="D344" t="s">
         <v>953</v>
       </c>
       <c r="E344" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" s="1">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="B345">
         <v>2020</v>
       </c>
       <c r="C345" t="s">
         <v>955</v>
       </c>
       <c r="D345" t="s">
         <v>956</v>
       </c>
       <c r="E345" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" s="1">
-        <v>1385</v>
+        <v>1395</v>
       </c>
       <c r="B346">
         <v>2020</v>
       </c>
       <c r="C346" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D346" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="E346" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" s="1">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="B347">
         <v>2020</v>
       </c>
       <c r="C347" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="D347" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="E347" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" s="1">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="B348">
         <v>2020</v>
       </c>
       <c r="C348" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="D348" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E348" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="1">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="B349">
         <v>2020</v>
       </c>
       <c r="C349" t="s">
         <v>964</v>
       </c>
       <c r="D349" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="E349" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="1">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="B350">
         <v>2020</v>
       </c>
       <c r="C350" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="D350" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="E350" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" s="1">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="B351">
         <v>2020</v>
       </c>
       <c r="C351" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="D351" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="E351" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="1">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="B352">
         <v>2020</v>
       </c>
       <c r="C352" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="D352" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="E352" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="1">
-        <v>1379</v>
+        <v>1388</v>
       </c>
       <c r="B353">
         <v>2020</v>
       </c>
       <c r="C353" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="D353" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="E353" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="1">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="B354">
         <v>2020</v>
       </c>
       <c r="C354" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="D354" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="E354" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="1">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="B355">
         <v>2020</v>
       </c>
       <c r="C355" t="s">
         <v>980</v>
       </c>
       <c r="D355" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="E355" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="1">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="B356">
         <v>2020</v>
       </c>
       <c r="C356" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="D356" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="E356" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="1">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="B357">
         <v>2020</v>
       </c>
       <c r="C357" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="D357" t="s">
         <v>987</v>
       </c>
       <c r="E357" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="1">
-        <v>1374</v>
+        <v>1383</v>
       </c>
       <c r="B358">
         <v>2020</v>
       </c>
       <c r="C358" t="s">
         <v>989</v>
       </c>
       <c r="D358" t="s">
         <v>990</v>
       </c>
       <c r="E358" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="1">
-        <v>1373</v>
+        <v>1380</v>
       </c>
       <c r="B359">
         <v>2020</v>
       </c>
       <c r="C359" t="s">
         <v>992</v>
       </c>
       <c r="D359" t="s">
         <v>993</v>
       </c>
       <c r="E359" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="1">
-        <v>1372</v>
+        <v>1381</v>
       </c>
       <c r="B360">
         <v>2020</v>
       </c>
       <c r="C360" t="s">
+        <v>992</v>
+      </c>
+      <c r="D360" t="s">
         <v>995</v>
       </c>
-      <c r="D360" t="s">
+      <c r="E360" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="1">
-        <v>1371</v>
+        <v>1382</v>
       </c>
       <c r="B361">
         <v>2020</v>
       </c>
       <c r="C361" t="s">
+        <v>992</v>
+      </c>
+      <c r="D361" t="s">
+        <v>997</v>
+      </c>
+      <c r="E361" t="s">
         <v>998</v>
-      </c>
-[...4 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="1">
-        <v>1370</v>
+        <v>1379</v>
       </c>
       <c r="B362">
         <v>2020</v>
       </c>
       <c r="C362" t="s">
+        <v>999</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E362" t="s">
         <v>1001</v>
-      </c>
-[...4 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="1">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="B363">
         <v>2020</v>
       </c>
       <c r="C363" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E363" t="s">
         <v>1004</v>
-      </c>
-[...4 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" s="1">
-        <v>1368</v>
+        <v>1377</v>
       </c>
       <c r="B364">
         <v>2020</v>
       </c>
       <c r="C364" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E364" t="s">
         <v>1007</v>
-      </c>
-[...4 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="1">
-        <v>1367</v>
+        <v>1376</v>
       </c>
       <c r="B365">
         <v>2020</v>
       </c>
       <c r="C365" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E365" t="s">
         <v>1010</v>
-      </c>
-[...4 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="1">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="B366">
         <v>2020</v>
       </c>
       <c r="C366" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E366" t="s">
         <v>1013</v>
-      </c>
-[...4 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="1">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="B367">
         <v>2020</v>
       </c>
       <c r="C367" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E367" t="s">
         <v>1016</v>
-      </c>
-[...4 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="1">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="B368">
         <v>2020</v>
       </c>
       <c r="C368" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E368" t="s">
         <v>1019</v>
-      </c>
-[...4 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="1">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="B369">
         <v>2020</v>
       </c>
       <c r="C369" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E369" t="s">
         <v>1022</v>
-      </c>
-[...4 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="1">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="B370">
         <v>2020</v>
       </c>
       <c r="C370" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E370" t="s">
         <v>1025</v>
-      </c>
-[...4 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" s="1">
-        <v>1361</v>
+        <v>1370</v>
       </c>
       <c r="B371">
         <v>2020</v>
       </c>
       <c r="C371" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E371" t="s">
         <v>1028</v>
-      </c>
-[...4 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="1">
-        <v>1358</v>
+        <v>1369</v>
       </c>
       <c r="B372">
         <v>2020</v>
       </c>
       <c r="C372" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E372" t="s">
         <v>1031</v>
-      </c>
-[...4 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="1">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="B373">
         <v>2020</v>
       </c>
       <c r="C373" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D373" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E373" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="1">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="B374">
         <v>2020</v>
       </c>
       <c r="C374" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D374" t="s">
         <v>1036</v>
       </c>
-      <c r="D374" t="s">
+      <c r="E374" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="1">
-        <v>1357</v>
+        <v>1366</v>
       </c>
       <c r="B375">
         <v>2020</v>
       </c>
       <c r="C375" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D375" t="s">
         <v>1039</v>
       </c>
-      <c r="D375" t="s">
+      <c r="E375" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="1">
-        <v>1355</v>
+        <v>1365</v>
       </c>
       <c r="B376">
         <v>2020</v>
       </c>
       <c r="C376" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D376" t="s">
         <v>1042</v>
       </c>
-      <c r="D376" t="s">
+      <c r="E376" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="1">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="B377">
         <v>2020</v>
       </c>
       <c r="C377" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D377" t="s">
         <v>1045</v>
       </c>
-      <c r="D377" t="s">
+      <c r="E377" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="1">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="B378">
         <v>2020</v>
       </c>
       <c r="C378" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D378" t="s">
         <v>1048</v>
       </c>
-      <c r="D378" t="s">
+      <c r="E378" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="1">
-        <v>1353</v>
+        <v>1362</v>
       </c>
       <c r="B379">
         <v>2020</v>
       </c>
       <c r="C379" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D379" t="s">
         <v>1051</v>
       </c>
-      <c r="D379" t="s">
+      <c r="E379" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="1">
-        <v>1352</v>
+        <v>1361</v>
       </c>
       <c r="B380">
         <v>2020</v>
       </c>
       <c r="C380" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D380" t="s">
         <v>1054</v>
       </c>
-      <c r="D380" t="s">
+      <c r="E380" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="1">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="B381">
         <v>2020</v>
       </c>
       <c r="C381" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D381" t="s">
         <v>1057</v>
       </c>
-      <c r="D381" t="s">
+      <c r="E381" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="1">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="B382">
         <v>2020</v>
       </c>
       <c r="C382" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E382" t="s">
         <v>1060</v>
-      </c>
-[...4 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="1">
-        <v>1349</v>
+        <v>1360</v>
       </c>
       <c r="B383">
         <v>2020</v>
       </c>
       <c r="C383" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E383" t="s">
         <v>1063</v>
-      </c>
-[...4 lines deleted...]
-        <v>1065</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="1">
-        <v>1348</v>
+        <v>1357</v>
       </c>
       <c r="B384">
         <v>2020</v>
       </c>
       <c r="C384" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E384" t="s">
         <v>1066</v>
-      </c>
-[...4 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" s="1">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="B385">
         <v>2020</v>
       </c>
       <c r="C385" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E385" t="s">
         <v>1069</v>
-      </c>
-[...4 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
     <row r="386" spans="1:26">
       <c r="A386" s="1">
-        <v>1345</v>
+        <v>1354</v>
       </c>
       <c r="B386">
         <v>2020</v>
       </c>
       <c r="C386" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E386" t="s">
         <v>1072</v>
-      </c>
-[...4 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="387" spans="1:26">
       <c r="A387" s="1">
-        <v>1346</v>
+        <v>1356</v>
       </c>
       <c r="B387">
         <v>2020</v>
       </c>
       <c r="C387" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="D387" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E387" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="388" spans="1:26">
       <c r="A388" s="1">
-        <v>1344</v>
+        <v>1353</v>
       </c>
       <c r="B388">
         <v>2020</v>
       </c>
       <c r="C388" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D388" t="s">
         <v>1077</v>
       </c>
-      <c r="D388" t="s">
+      <c r="E388" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="A389" s="1">
-        <v>1343</v>
+        <v>1352</v>
       </c>
       <c r="B389">
         <v>2020</v>
       </c>
       <c r="C389" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D389" t="s">
         <v>1080</v>
       </c>
-      <c r="D389" t="s">
+      <c r="E389" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="390" spans="1:26">
       <c r="A390" s="1">
-        <v>1342</v>
+        <v>1351</v>
       </c>
       <c r="B390">
         <v>2020</v>
       </c>
       <c r="C390" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D390" t="s">
         <v>1083</v>
       </c>
-      <c r="D390" t="s">
+      <c r="E390" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="391" spans="1:26">
       <c r="A391" s="1">
-        <v>1341</v>
+        <v>1350</v>
       </c>
       <c r="B391">
         <v>2020</v>
       </c>
       <c r="C391" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D391" t="s">
         <v>1086</v>
       </c>
-      <c r="D391" t="s">
+      <c r="E391" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="392" spans="1:26">
       <c r="A392" s="1">
-        <v>1340</v>
+        <v>1349</v>
       </c>
       <c r="B392">
         <v>2020</v>
       </c>
       <c r="C392" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D392" t="s">
         <v>1089</v>
       </c>
-      <c r="D392" t="s">
+      <c r="E392" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="A393" s="1">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="B393">
         <v>2020</v>
       </c>
       <c r="C393" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D393" t="s">
         <v>1092</v>
       </c>
-      <c r="D393" t="s">
+      <c r="E393" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="A394" s="1">
-        <v>1339</v>
+        <v>1347</v>
       </c>
       <c r="B394">
         <v>2020</v>
       </c>
       <c r="C394" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="D394" t="s">
         <v>1095</v>
       </c>
       <c r="E394" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" s="1">
-        <v>1337</v>
+        <v>1345</v>
       </c>
       <c r="B395">
         <v>2020</v>
       </c>
       <c r="C395" t="s">
         <v>1097</v>
       </c>
       <c r="D395" t="s">
         <v>1098</v>
       </c>
       <c r="E395" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" s="1">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="B396">
         <v>2020</v>
       </c>
       <c r="C396" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D396" t="s">
         <v>1100</v>
       </c>
-      <c r="D396" t="s">
+      <c r="E396" t="s">
         <v>1101</v>
-      </c>
-[...1 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" s="1">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="B397">
         <v>2020</v>
       </c>
       <c r="C397" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D397" t="s">
         <v>1103</v>
       </c>
-      <c r="D397" t="s">
+      <c r="E397" t="s">
         <v>1104</v>
-      </c>
-[...1 lines deleted...]
-        <v>1105</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" s="1">
-        <v>1334</v>
+        <v>1343</v>
       </c>
       <c r="B398">
         <v>2020</v>
       </c>
       <c r="C398" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="D398" t="s">
         <v>1106</v>
       </c>
       <c r="E398" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" s="1">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="B399">
         <v>2020</v>
       </c>
       <c r="C399" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D399" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="E399" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" s="1">
-        <v>1332</v>
+        <v>1341</v>
       </c>
       <c r="B400">
         <v>2020</v>
       </c>
       <c r="C400" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D400" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="E400" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="401" spans="1:26">
       <c r="A401" s="1">
-        <v>1329</v>
+        <v>1340</v>
       </c>
       <c r="B401">
         <v>2020</v>
       </c>
       <c r="C401" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D401" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="E401" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="A402" s="1">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="B402">
         <v>2020</v>
       </c>
       <c r="C402" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="D402" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="E402" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" s="1">
-        <v>1331</v>
+        <v>1339</v>
       </c>
       <c r="B403">
         <v>2020</v>
       </c>
       <c r="C403" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="D403" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="E403" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" s="1">
-        <v>1327</v>
+        <v>1337</v>
       </c>
       <c r="B404">
         <v>2020</v>
       </c>
       <c r="C404" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D404" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E404" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" s="1">
-        <v>1328</v>
+        <v>1336</v>
       </c>
       <c r="B405">
         <v>2020</v>
       </c>
       <c r="C405" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="D405" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="E405" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" s="1">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="B406">
         <v>2020</v>
       </c>
       <c r="C406" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="D406" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="E406" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" s="1">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="B407">
         <v>2020</v>
       </c>
       <c r="C407" t="s">
         <v>1128</v>
       </c>
       <c r="D407" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="E407" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" s="1">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="B408">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C408" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="D408" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="E408" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" s="1">
-        <v>1323</v>
+        <v>1332</v>
       </c>
       <c r="B409">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C409" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="D409" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="E409" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" s="1">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="B410">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C410" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="D410" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="E410" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" s="1">
-        <v>1309</v>
+        <v>1330</v>
       </c>
       <c r="B411">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C411" t="s">
-        <v>1139</v>
+        <v>1138</v>
       </c>
       <c r="D411" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="E411" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" s="1">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="B412">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C412" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
       <c r="D412" t="s">
         <v>1143</v>
       </c>
       <c r="E412" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" s="1">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="B413">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C413" t="s">
         <v>1145</v>
       </c>
       <c r="D413" t="s">
         <v>1146</v>
       </c>
       <c r="E413" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="414" spans="1:26">
       <c r="A414" s="1">
-        <v>1319</v>
+        <v>1328</v>
       </c>
       <c r="B414">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C414" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D414" t="s">
         <v>1148</v>
       </c>
-      <c r="D414" t="s">
+      <c r="E414" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" s="1">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="B415">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C415" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D415" t="s">
         <v>1151</v>
       </c>
-      <c r="D415" t="s">
+      <c r="E415" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" s="1">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="B416">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C416" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D416" t="s">
         <v>1154</v>
       </c>
-      <c r="D416" t="s">
+      <c r="E416" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="417" spans="1:26">
       <c r="A417" s="1">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="B417">
         <v>2019</v>
       </c>
       <c r="C417" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D417" t="s">
         <v>1157</v>
       </c>
-      <c r="D417" t="s">
+      <c r="E417" t="s">
         <v>1158</v>
-      </c>
-[...1 lines deleted...]
-        <v>1159</v>
       </c>
     </row>
     <row r="418" spans="1:26">
       <c r="A418" s="1">
-        <v>1314</v>
+        <v>1323</v>
       </c>
       <c r="B418">
         <v>2019</v>
       </c>
       <c r="C418" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E418" t="s">
         <v>1160</v>
-      </c>
-[...4 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="419" spans="1:26">
       <c r="A419" s="1">
-        <v>1315</v>
+        <v>1324</v>
       </c>
       <c r="B419">
         <v>2019</v>
       </c>
       <c r="C419" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E419" t="s">
         <v>1163</v>
-      </c>
-[...4 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" s="1">
-        <v>1313</v>
+        <v>1309</v>
       </c>
       <c r="B420">
         <v>2019</v>
       </c>
       <c r="C420" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E420" t="s">
         <v>1166</v>
-      </c>
-[...4 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" s="1">
-        <v>1293</v>
+        <v>1321</v>
       </c>
       <c r="B421">
         <v>2019</v>
       </c>
       <c r="C421" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E421" t="s">
         <v>1169</v>
-      </c>
-[...4 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" s="1">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B422">
         <v>2019</v>
       </c>
       <c r="C422" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E422" t="s">
         <v>1172</v>
-      </c>
-[...4 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" s="1">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="B423">
         <v>2019</v>
       </c>
       <c r="C423" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E423" t="s">
         <v>1175</v>
-      </c>
-[...4 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" s="1">
-        <v>1308</v>
+        <v>1318</v>
       </c>
       <c r="B424">
         <v>2019</v>
       </c>
       <c r="C424" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D424" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E424" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" s="1">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="B425">
         <v>2019</v>
       </c>
       <c r="C425" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D425" t="s">
         <v>1180</v>
       </c>
-      <c r="D425" t="s">
+      <c r="E425" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" s="1">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="B426">
         <v>2019</v>
       </c>
       <c r="C426" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D426" t="s">
         <v>1183</v>
       </c>
       <c r="E426" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" s="1">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="B427">
         <v>2019</v>
       </c>
       <c r="C427" t="s">
         <v>1185</v>
       </c>
       <c r="D427" t="s">
         <v>1186</v>
       </c>
       <c r="E427" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" s="1">
-        <v>1303</v>
+        <v>1315</v>
       </c>
       <c r="B428">
         <v>2019</v>
       </c>
       <c r="C428" t="s">
         <v>1188</v>
       </c>
       <c r="D428" t="s">
         <v>1189</v>
       </c>
       <c r="E428" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" s="1">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="B429">
         <v>2019</v>
       </c>
       <c r="C429" t="s">
         <v>1191</v>
       </c>
       <c r="D429" t="s">
         <v>1192</v>
       </c>
       <c r="E429" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" s="1">
-        <v>1306</v>
+        <v>1293</v>
       </c>
       <c r="B430">
         <v>2019</v>
       </c>
       <c r="C430" t="s">
         <v>1194</v>
       </c>
       <c r="D430" t="s">
         <v>1195</v>
       </c>
       <c r="E430" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" s="1">
-        <v>1294</v>
+        <v>1312</v>
       </c>
       <c r="B431">
         <v>2019</v>
       </c>
       <c r="C431" t="s">
         <v>1197</v>
       </c>
       <c r="D431" t="s">
         <v>1198</v>
       </c>
       <c r="E431" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" s="1">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="B432">
         <v>2019</v>
       </c>
       <c r="C432" t="s">
         <v>1200</v>
       </c>
       <c r="D432" t="s">
         <v>1201</v>
       </c>
       <c r="E432" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="1">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="B433">
         <v>2019</v>
       </c>
       <c r="C433" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D433" t="s">
         <v>1203</v>
       </c>
-      <c r="D433" t="s">
+      <c r="E433" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="1">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="B434">
         <v>2019</v>
       </c>
       <c r="C434" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="D434" t="s">
         <v>1206</v>
       </c>
       <c r="E434" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="1">
-        <v>1299</v>
+        <v>1311</v>
       </c>
       <c r="B435">
         <v>2019</v>
       </c>
       <c r="C435" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D435" t="s">
         <v>1208</v>
       </c>
-      <c r="D435" t="s">
+      <c r="E435" t="s">
         <v>1209</v>
-      </c>
-[...1 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="1">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="B436">
         <v>2019</v>
       </c>
       <c r="C436" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D436" t="s">
         <v>1211</v>
       </c>
-      <c r="D436" t="s">
+      <c r="E436" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="1">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="B437">
         <v>2019</v>
       </c>
       <c r="C437" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D437" t="s">
         <v>1214</v>
       </c>
-      <c r="D437" t="s">
+      <c r="E437" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="1">
-        <v>1296</v>
+        <v>1307</v>
       </c>
       <c r="B438">
         <v>2019</v>
       </c>
       <c r="C438" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D438" t="s">
         <v>1217</v>
       </c>
-      <c r="D438" t="s">
+      <c r="E438" t="s">
         <v>1218</v>
-      </c>
-[...1 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="1">
-        <v>1292</v>
+        <v>1306</v>
       </c>
       <c r="B439">
         <v>2019</v>
       </c>
       <c r="C439" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D439" t="s">
         <v>1220</v>
       </c>
-      <c r="D439" t="s">
+      <c r="E439" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="1">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="B440">
         <v>2019</v>
       </c>
       <c r="C440" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D440" t="s">
         <v>1223</v>
       </c>
-      <c r="D440" t="s">
+      <c r="E440" t="s">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="1">
-        <v>1290</v>
+        <v>1302</v>
       </c>
       <c r="B441">
         <v>2019</v>
       </c>
       <c r="C441" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D441" t="s">
         <v>1226</v>
       </c>
-      <c r="D441" t="s">
+      <c r="E441" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="1">
-        <v>1291</v>
+        <v>1300</v>
       </c>
       <c r="B442">
         <v>2019</v>
       </c>
       <c r="C442" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D442" t="s">
         <v>1229</v>
       </c>
       <c r="E442" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="1">
-        <v>1289</v>
+        <v>1301</v>
       </c>
       <c r="B443">
         <v>2019</v>
       </c>
       <c r="C443" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D443" t="s">
         <v>1231</v>
       </c>
-      <c r="D443" t="s">
+      <c r="E443" t="s">
         <v>1232</v>
-      </c>
-[...1 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="1">
-        <v>1287</v>
+        <v>1299</v>
       </c>
       <c r="B444">
         <v>2019</v>
       </c>
       <c r="C444" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D444" t="s">
         <v>1234</v>
       </c>
-      <c r="D444" t="s">
+      <c r="E444" t="s">
         <v>1235</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="1">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="B445">
         <v>2019</v>
       </c>
       <c r="C445" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D445" t="s">
         <v>1237</v>
       </c>
       <c r="E445" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="1">
-        <v>1286</v>
+        <v>1298</v>
       </c>
       <c r="B446">
         <v>2019</v>
       </c>
       <c r="C446" t="s">
         <v>1239</v>
       </c>
       <c r="D446" t="s">
         <v>1240</v>
       </c>
       <c r="E446" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="1">
-        <v>1285</v>
+        <v>1296</v>
       </c>
       <c r="B447">
         <v>2019</v>
       </c>
       <c r="C447" t="s">
         <v>1242</v>
       </c>
       <c r="D447" t="s">
         <v>1243</v>
       </c>
       <c r="E447" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="1">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="B448">
         <v>2019</v>
       </c>
       <c r="C448" t="s">
         <v>1245</v>
       </c>
       <c r="D448" t="s">
         <v>1246</v>
       </c>
       <c r="E448" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="1">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="B449">
         <v>2019</v>
       </c>
       <c r="C449" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="D449" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="E449" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="1">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="B450">
         <v>2019</v>
       </c>
       <c r="C450" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D450" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="E450" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" s="1">
-        <v>1281</v>
+        <v>1291</v>
       </c>
       <c r="B451">
         <v>2019</v>
       </c>
       <c r="C451" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="D451" t="s">
         <v>1254</v>
       </c>
       <c r="E451" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" s="1">
-        <v>1280</v>
+        <v>1289</v>
       </c>
       <c r="B452">
         <v>2019</v>
       </c>
       <c r="C452" t="s">
         <v>1256</v>
       </c>
       <c r="D452" t="s">
         <v>1257</v>
       </c>
       <c r="E452" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" s="1">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="B453">
         <v>2019</v>
       </c>
       <c r="C453" t="s">
         <v>1259</v>
       </c>
       <c r="D453" t="s">
         <v>1260</v>
       </c>
       <c r="E453" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" s="1">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="B454">
         <v>2019</v>
       </c>
       <c r="C454" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D454" t="s">
         <v>1262</v>
       </c>
-      <c r="D454" t="s">
+      <c r="E454" t="s">
         <v>1263</v>
-      </c>
-[...1 lines deleted...]
-        <v>1264</v>
       </c>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" s="1">
-        <v>1278</v>
+        <v>1286</v>
       </c>
       <c r="B455">
         <v>2019</v>
       </c>
       <c r="C455" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="D455" t="s">
         <v>1265</v>
       </c>
       <c r="E455" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" s="1">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="B456">
         <v>2019</v>
       </c>
       <c r="C456" t="s">
         <v>1267</v>
       </c>
       <c r="D456" t="s">
         <v>1268</v>
       </c>
       <c r="E456" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" s="1">
-        <v>1259</v>
+        <v>1283</v>
       </c>
       <c r="B457">
         <v>2019</v>
       </c>
       <c r="C457" t="s">
         <v>1270</v>
       </c>
       <c r="D457" t="s">
         <v>1271</v>
       </c>
       <c r="E457" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" s="1">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="B458">
         <v>2019</v>
       </c>
       <c r="C458" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D458" t="s">
         <v>1273</v>
       </c>
-      <c r="D458" t="s">
+      <c r="E458" t="s">
         <v>1274</v>
-      </c>
-[...1 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" s="1">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="B459">
         <v>2019</v>
       </c>
       <c r="C459" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D459" t="s">
         <v>1276</v>
       </c>
-      <c r="D459" t="s">
+      <c r="E459" t="s">
         <v>1277</v>
-      </c>
-[...1 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" s="1">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="B460">
         <v>2019</v>
       </c>
       <c r="C460" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D460" t="s">
         <v>1279</v>
       </c>
-      <c r="D460" t="s">
+      <c r="E460" t="s">
         <v>1280</v>
-      </c>
-[...1 lines deleted...]
-        <v>1281</v>
       </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" s="1">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="B461">
         <v>2019</v>
       </c>
       <c r="C461" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D461" t="s">
         <v>1282</v>
       </c>
-      <c r="D461" t="s">
+      <c r="E461" t="s">
         <v>1283</v>
-      </c>
-[...1 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" s="1">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="B462">
         <v>2019</v>
       </c>
       <c r="C462" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D462" t="s">
         <v>1285</v>
       </c>
-      <c r="D462" t="s">
+      <c r="E462" t="s">
         <v>1286</v>
-      </c>
-[...1 lines deleted...]
-        <v>1287</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" s="1">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="B463">
         <v>2019</v>
       </c>
       <c r="C463" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D463" t="s">
         <v>1288</v>
       </c>
       <c r="E463" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" s="1">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="B464">
         <v>2019</v>
       </c>
       <c r="C464" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D464" t="s">
         <v>1290</v>
       </c>
       <c r="E464" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" s="1">
-        <v>1261</v>
+        <v>1276</v>
       </c>
       <c r="B465">
         <v>2019</v>
       </c>
       <c r="C465" t="s">
         <v>1292</v>
       </c>
       <c r="D465" t="s">
         <v>1293</v>
       </c>
       <c r="E465" t="s">
         <v>1294</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" s="1">
-        <v>1267</v>
+        <v>1259</v>
       </c>
       <c r="B466">
         <v>2019</v>
       </c>
       <c r="C466" t="s">
         <v>1295</v>
       </c>
       <c r="D466" t="s">
         <v>1296</v>
       </c>
       <c r="E466" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" s="1">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="B467">
         <v>2019</v>
       </c>
       <c r="C467" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="D467" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="E467" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" s="1">
-        <v>1264</v>
+        <v>1275</v>
       </c>
       <c r="B468">
         <v>2019</v>
       </c>
       <c r="C468" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="D468" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="E468" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="469" spans="1:26">
       <c r="A469" s="1">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B469">
         <v>2019</v>
       </c>
       <c r="C469" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D469" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="E469" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" s="1">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="B470">
         <v>2019</v>
       </c>
       <c r="C470" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D470" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="E470" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" s="1">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="B471">
         <v>2019</v>
       </c>
       <c r="C471" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D471" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="E471" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" s="1">
-        <v>1255</v>
+        <v>1270</v>
       </c>
       <c r="B472">
         <v>2019</v>
       </c>
       <c r="C472" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="D472" t="s">
         <v>1313</v>
       </c>
       <c r="E472" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" s="1">
-        <v>1258</v>
+        <v>1271</v>
       </c>
       <c r="B473">
         <v>2019</v>
       </c>
       <c r="C473" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D473" t="s">
         <v>1315</v>
       </c>
-      <c r="D473" t="s">
+      <c r="E473" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" s="1">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="B474">
         <v>2019</v>
       </c>
       <c r="C474" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D474" t="s">
         <v>1318</v>
       </c>
-      <c r="D474" t="s">
+      <c r="E474" t="s">
         <v>1319</v>
-      </c>
-[...1 lines deleted...]
-        <v>1320</v>
       </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" s="1">
-        <v>1253</v>
+        <v>1267</v>
       </c>
       <c r="B475">
         <v>2019</v>
       </c>
       <c r="C475" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D475" t="s">
         <v>1321</v>
       </c>
-      <c r="D475" t="s">
+      <c r="E475" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" s="1">
-        <v>1260</v>
+        <v>1268</v>
       </c>
       <c r="B476">
         <v>2019</v>
       </c>
       <c r="C476" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E476" t="s">
         <v>1324</v>
-      </c>
-[...4 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="477" spans="1:26">
       <c r="A477" s="1">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="B477">
         <v>2019</v>
       </c>
       <c r="C477" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E477" t="s">
         <v>1327</v>
-      </c>
-[...4 lines deleted...]
-        <v>1329</v>
       </c>
     </row>
     <row r="478" spans="1:26">
       <c r="A478" s="1">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="B478">
         <v>2019</v>
       </c>
       <c r="C478" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E478" t="s">
         <v>1330</v>
-      </c>
-[...4 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" s="1">
-        <v>1254</v>
+        <v>1265</v>
       </c>
       <c r="B479">
         <v>2019</v>
       </c>
       <c r="C479" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E479" t="s">
         <v>1333</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" s="1">
-        <v>1250</v>
+        <v>1263</v>
       </c>
       <c r="B480">
         <v>2019</v>
       </c>
       <c r="C480" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E480" t="s">
         <v>1336</v>
-      </c>
-[...4 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" s="1">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="B481">
         <v>2019</v>
       </c>
       <c r="C481" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D481" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E481" t="s">
         <v>1339</v>
-      </c>
-[...1 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" s="1">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="B482">
         <v>2019</v>
       </c>
       <c r="C482" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="D482" t="s">
         <v>1341</v>
       </c>
       <c r="E482" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" s="1">
-        <v>1249</v>
+        <v>1262</v>
       </c>
       <c r="B483">
         <v>2019</v>
       </c>
       <c r="C483" t="s">
         <v>1343</v>
       </c>
       <c r="D483" t="s">
         <v>1344</v>
       </c>
       <c r="E483" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" s="1">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="B484">
         <v>2019</v>
       </c>
       <c r="C484" t="s">
         <v>1346</v>
       </c>
       <c r="D484" t="s">
         <v>1347</v>
       </c>
       <c r="E484" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" s="1">
-        <v>1245</v>
+        <v>1260</v>
       </c>
       <c r="B485">
         <v>2019</v>
       </c>
       <c r="C485" t="s">
         <v>1349</v>
       </c>
       <c r="D485" t="s">
         <v>1350</v>
       </c>
       <c r="E485" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" s="1">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="B486">
         <v>2019</v>
       </c>
       <c r="C486" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="D486" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="E486" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" s="1">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="B487">
         <v>2019</v>
       </c>
       <c r="C487" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D487" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="E487" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" s="1">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="B488">
         <v>2019</v>
       </c>
       <c r="C488" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D488" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="E488" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" s="1">
-        <v>1241</v>
+        <v>1250</v>
       </c>
       <c r="B489">
         <v>2019</v>
       </c>
       <c r="C489" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D489" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="E489" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" s="1">
-        <v>1242</v>
+        <v>1251</v>
       </c>
       <c r="B490">
         <v>2019</v>
       </c>
       <c r="C490" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D490" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="E490" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" s="1">
-        <v>1243</v>
+        <v>1252</v>
       </c>
       <c r="B491">
         <v>2019</v>
       </c>
       <c r="C491" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D491" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="E491" t="s">
-        <v>1366</v>
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="492" spans="1:26">
+      <c r="A492" s="1">
+        <v>1249</v>
+      </c>
+      <c r="B492">
+        <v>2019</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="493" spans="1:26">
+      <c r="A493" s="1">
+        <v>1248</v>
+      </c>
+      <c r="B493">
+        <v>2019</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="494" spans="1:26">
+      <c r="A494" s="1">
+        <v>1245</v>
+      </c>
+      <c r="B494">
+        <v>2019</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="495" spans="1:26">
+      <c r="A495" s="1">
+        <v>1247</v>
+      </c>
+      <c r="B495">
+        <v>2019</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="496" spans="1:26">
+      <c r="A496" s="1">
+        <v>1246</v>
+      </c>
+      <c r="B496">
+        <v>2019</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="497" spans="1:26">
+      <c r="A497" s="1">
+        <v>1244</v>
+      </c>
+      <c r="B497">
+        <v>2019</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="498" spans="1:26">
+      <c r="A498" s="1">
+        <v>1241</v>
+      </c>
+      <c r="B498">
+        <v>2019</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="499" spans="1:26">
+      <c r="A499" s="1">
+        <v>1242</v>
+      </c>
+      <c r="B499">
+        <v>2019</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="500" spans="1:26">
+      <c r="A500" s="1">
+        <v>1243</v>
+      </c>
+      <c r="B500">
+        <v>2019</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1391</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">