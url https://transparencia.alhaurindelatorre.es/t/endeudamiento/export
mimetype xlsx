--- v0 (2025-10-08)
+++ v1 (2025-12-22)
@@ -12,98 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>deuda</t>
   </si>
   <si>
     <t>endeudamiento</t>
   </si>
   <si>
     <t>endeudamiento_habitante</t>
   </si>
   <si>
     <t>documento_enlace</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>31-12-2024</t>
   </si>
   <si>
     <t>7.089.949 €</t>
   </si>
   <si>
+    <t>0,04</t>
+  </si>
+  <si>
+    <t>333,21</t>
+  </si>
+  <si>
     <t>31-12-2023</t>
   </si>
   <si>
     <t>5.450.000 €</t>
   </si>
   <si>
     <t>0,03</t>
   </si>
   <si>
     <t>263,27</t>
   </si>
   <si>
     <t>31-12-2022</t>
   </si>
   <si>
     <t>7.328.022 €</t>
-  </si>
-[...1 lines deleted...]
-    <t>0,04</t>
   </si>
   <si>
     <t>364,15</t>
   </si>
   <si>
     <t>31-12-2021</t>
   </si>
   <si>
     <t>2.270.067 €</t>
   </si>
   <si>
     <t>0,02</t>
   </si>
   <si>
     <t>2,56</t>
   </si>
   <si>
     <t>31-12-2020</t>
   </si>
   <si>
     <t>11.028 €</t>
   </si>
   <si>
     <t>0,01</t>
   </si>
@@ -588,246 +591,252 @@
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>228</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
       <c r="G2">
         <v>2024</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
         <v>224</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G3">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
         <v>225</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G4">
         <v>2022</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
         <v>226</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G5">
         <v>2021</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
         <v>229</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G6">
         <v>2020</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
         <v>230</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G7">
         <v>2019</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
         <v>231</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G8">
         <v>2018</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
         <v>232</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G9">
         <v>2017</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
         <v>233</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G10">
         <v>2016</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
         <v>234</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G11">
         <v>2015</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
         <v>235</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G12">
         <v>2014</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>