--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -12,74 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>fecha_inicio</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
+    <t>Resolución de Alegaciones y Aprobación Cuenta General</t>
+  </si>
+  <si>
+    <t>31-12-2024</t>
+  </si>
+  <si>
+    <t>https://transparencia.alhaurindelatorre.es/storage/uploads/1761299871RESOLUCION DE ALEGACIONES Y APROBACION CUENTA GENERAL 2024.pdf</t>
+  </si>
+  <si>
     <t>Cuenta General 2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>02-06-2025</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/1758890773cuenta-general-2024-expediente2025cgen-00001compressed-1.pdf</t>
   </si>
   <si>
     <t>Cuenta General 2023</t>
   </si>
   <si>
     <t>31-12-2023</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/1756196713expediente2024cgen-00001-1compressed-1.pdf</t>
   </si>
   <si>
     <t>Cuenta General 2022</t>
   </si>
   <si>
     <t>31-12-2022</t>
   </si>
   <si>
     <t>https://transparencia.alhaurindelatorre.es/storage/uploads/1756196659cuenta-general-2022-expediente2023cgen-00001compressed.pdf</t>
   </si>
   <si>
     <t>Cuenta General 2021</t>
   </si>
@@ -534,372 +540,389 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z17"/>
+  <dimension ref="A1:Z18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
-    <col min="2" max="2" width="34" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="63" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="155" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="103" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>6387</v>
+        <v>6406</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="F2">
-        <v>2025</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>6335</v>
+        <v>6387</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>6334</v>
+        <v>6335</v>
       </c>
       <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>6333</v>
+        <v>6334</v>
       </c>
       <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>6332</v>
+        <v>6333</v>
       </c>
       <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="F6">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>6331</v>
+        <v>6332</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>6280</v>
+        <v>6331</v>
       </c>
       <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>6278</v>
+        <v>6280</v>
       </c>
       <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>6277</v>
+        <v>6278</v>
       </c>
       <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" t="s">
         <v>29</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>6271</v>
+        <v>6277</v>
       </c>
       <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>33</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>6272</v>
+        <v>6271</v>
       </c>
       <c r="B12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
       <c r="F12">
         <v>2015</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>6273</v>
+        <v>6272</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="F13">
         <v>2015</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>6274</v>
+        <v>6273</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>40</v>
       </c>
       <c r="F14">
         <v>2015</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>6275</v>
+        <v>6274</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="F15">
         <v>2015</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>6276</v>
+        <v>6275</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="F16">
         <v>2015</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>6270</v>
+        <v>6276</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" t="s">
         <v>46</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" s="1">
+        <v>6270</v>
+      </c>
+      <c r="B18" t="s">
         <v>47</v>
       </c>
-      <c r="F17">
+      <c r="C18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18">
         <v>2014</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>