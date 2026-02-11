--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -44,50 +44,51 @@
   <si>
     <t>formalizados</t>
   </si>
   <si>
     <t>adjudicados</t>
   </si>
   <si>
     <t>menores</t>
   </si>
   <si>
     <t>licitaciones_anuladas</t>
   </si>
   <si>
     <t>resueltos</t>
   </si>
   <si>
     <t>modificados</t>
   </si>
   <si>
     <t>penalidades</t>
   </si>
   <si>
     <t>Contratos Menores 1er Trimestre
 Contratos Menores 2º Trimestre
 Contratos Menores 3er Trimestre
+Contratos Menores 4º Trimestre
  </t>
   </si>
   <si>
     <t>Contratos Menores 4º Trimestre
 Contratos Menores 3er Trimestre
 Contratos Menores 2º Trimestre
 Contratos Menores 1er Trimestre</t>
   </si>
   <si>
     <t>Contratos Menores 4º Trimestre 2023
 Contratos Menores 3er Trimestre 2023
 Contratos Menores 2º Trimestre 2023
 Contratos Menores 1er Trimestre 2023</t>
   </si>
   <si>
     <t>Contratos Menores 4º Trimestre 2022
 Contratos Menores 3er Trimestre 2022
 Contratos Menores 2º Trimestre 2022
 Contratos Menores 1er Trimestre 2022</t>
   </si>
   <si>
     <t>Contratos Menores 4º Trimestre 2021
 Contratos Menores 3er Trimestre 2021
 Contratos Menores 2º Trimestre 2021
 Contratos Menores 1er Trimestre 2021</t>